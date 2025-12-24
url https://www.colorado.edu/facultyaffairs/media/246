--- v0 (2025-10-04)
+++ v1 (2025-12-24)
@@ -1,1034 +1,1635 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6A27798C" w14:textId="77777777" w:rsidR="002E766E" w:rsidRPr="00FD1D41" w:rsidRDefault="00735959" w:rsidP="00FD1D41">
+    <w:p w:rsidRPr="00FD1D41" w:rsidR="002E766E" w:rsidP="00FD1D41" w:rsidRDefault="00735959" w14:paraId="6A27798C" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD1D41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Faculty Fellow Guidance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="076ED877" w14:textId="77777777" w:rsidR="00735959" w:rsidRPr="00735959" w:rsidRDefault="00735959">
+    <w:p w:rsidRPr="00735959" w:rsidR="00735959" w:rsidRDefault="00735959" w14:paraId="076ED877" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4272F039" w14:textId="77777777" w:rsidR="00C752A2" w:rsidRDefault="00735959">
+    <w:p w:rsidR="008C4A03" w:rsidP="66EF90AD" w:rsidRDefault="00735959" w14:paraId="7C84F263" w14:textId="42CD1821">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00735959">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="009C4D8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>re are two types of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00735959">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Faculty Fellow </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00F70E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>job codes available to the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00735959">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CU Boulder </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00F70E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>campus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00C76108">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: FF codes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00480121">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0F32AFBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">secondary roles </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00C76108">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aligned with primary faculty roles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00480121">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00C76108">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00480121">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1439</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00D96C54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00C76108">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="09CDA4A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> primary position</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00D96C54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="008C4A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hires.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4A03" w:rsidRDefault="008C4A03" w14:paraId="0F1CC214" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00735959">
+    </w:p>
+    <w:p w:rsidR="00C752A2" w:rsidRDefault="008C4A03" w14:paraId="4272F039" w14:textId="49F29EFA">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Faculty Fellow is defined </w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">by CU Boulder </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00735959">
+        <w:t>FF codes define Faculty Fellows as:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735959" w:rsidR="00735959">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>as</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C752A2" w:rsidRDefault="00C752A2" w14:paraId="4E768DE0" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a position used</w:t>
-[...21 lines deleted...]
-    <w:p w14:paraId="352DBC0B" w14:textId="77777777" w:rsidR="00735959" w:rsidRPr="00C752A2" w:rsidRDefault="00735959" w:rsidP="00C752A2">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00735959" w:rsidP="00C752A2" w:rsidRDefault="00735959" w14:paraId="352DBC0B" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C752A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">“For recognition of additional work such as course development, external fellowships paid through the university, or other assignments or duties that are not summer teaching, summer research or course overload. This job code is limited for use as an additional appointment for faculty members with a primary appointment (or combination of appointments). The primary appointment(s) must be active, regular (permanent) with at least 20 Standard Hours.” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3693BA87" w14:textId="77777777" w:rsidR="00735959" w:rsidRDefault="00735959">
-      <w:pPr>
+    <w:p w:rsidR="008C4A03" w:rsidP="00C752A2" w:rsidRDefault="008C4A03" w14:paraId="5335B2F2" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807DA6" w:rsidP="66EF90AD" w:rsidRDefault="00807DA6" w14:paraId="1C1884C5" w14:textId="453122F8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00807DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The position is typically temporary, associated with a primary </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="3898B1CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">faculty </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00807DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">appointment, and can encompass a variety of responsibilities that fall outside the main purview of faculty’s regular positions (e.g., teaching, research, traditional </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00807DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00807DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and leadership in the department/unit).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00330812">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00C752A2" w:rsidR="008C4A03" w:rsidP="00C752A2" w:rsidRDefault="008C4A03" w14:paraId="55E440E4" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00735959" w:rsidP="336E1EDF" w:rsidRDefault="008C4A03" w14:paraId="3693BA87" w14:textId="3F081C7C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0FB7DAD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="7C6E37F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stand-alone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0FB7DAD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1439 code d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="76457FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oes not have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="76457FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="76457FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="005F30DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="76457FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ystem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="76457FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-level definition</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="1D8FCA14">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> currently</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="76457FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and is instead defined by the Boulder Campus.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="72B1F9C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Full-time</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0FB7DAD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Faculty Fellows </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="72B1F9C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0FB7DAD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE143E" w:rsidRDefault="00CE143E" w14:paraId="30CEEC19" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The position is </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00667547">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CD2254" w:rsidR="00CE143E" w:rsidP="336E1EDF" w:rsidRDefault="00CE143E" w14:paraId="1002245A" w14:textId="1E7430FF">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="5E282E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="1D8FCA14">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3CAC18B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appointing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="371FD853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t>full-time</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="590140B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2FFA27A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(50% FTE or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="13C7CC71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t>more) professionals</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="0ACF4632">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3CAC18B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">conducting academic affairs work </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="0ACF4632">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">who do not hold a primary </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="634CEBEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">faculty </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="634CEBEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">appointment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="0ACF4632">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="0ACF4632">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the University of Colorado Boulder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="5481EC89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. These professionals </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="371FD853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t>support academic programs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="64F48EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and clinics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="5481EC89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="11271567">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">roles that fall outside of teaching and research, such </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="011FF2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as providing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="11271567">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t>mentorship</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="011FF2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to a course where they are not the instructor of record</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="11271567">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="011FF2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t>leading a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="29B56EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> time-limited initiative, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="5076E21B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="29B56EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">supporting a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="523BA553">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">non-medical </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="29B56EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t>clinic’s wor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="5076E21B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="523BA553">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="65A73461">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C752A2" w:rsidP="290D46C7" w:rsidRDefault="00C752A2" w14:paraId="0E7D0928" w14:textId="3364A898">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD1D41" w:rsidRDefault="00735959" w14:paraId="6DD507F0" w14:textId="28B8FE48">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">typically </w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>temporary, associated with a primary appointment, and can encompass a variety of responsibilities that fall outside the main purview of faculty’s regular positions (e.g., teaching, research, traditional service and leadership in the department/unit).</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>The codes associated with the Faculty Fellow title</w:t>
+      </w:r>
+      <w:r w:rsidR="00764741">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> are:</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="209E7C2C" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRDefault="00FD1D41">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1D41" w:rsidRDefault="00FD1D41" w14:paraId="209E7C2C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4318"/>
         <w:gridCol w:w="4312"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w14:paraId="65D1E6DF" w14:textId="77777777" w:rsidTr="001A22E8">
+      <w:tr w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidTr="001A22E8" w14:paraId="65D1E6DF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0E72BB" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w:rsidRDefault="00FD1D41" w:rsidP="001A22E8">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidP="001A22E8" w:rsidRDefault="00FD1D41" w14:paraId="7B0E72BB" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Faculty Rank</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="74546C76" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w:rsidRDefault="00FD1D41" w:rsidP="001A22E8">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidP="001A22E8" w:rsidRDefault="00FD1D41" w14:paraId="74546C76" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Associated Faculty Fellow Job Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w14:paraId="2057C17D" w14:textId="77777777" w:rsidTr="001A22E8">
+      <w:tr w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidTr="001A22E8" w14:paraId="2057C17D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4092EA87" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w:rsidRDefault="00FD1D41">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidRDefault="00FD1D41" w14:paraId="4092EA87" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1100</w:t>
             </w:r>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Distinguished Professor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5F3C1E00" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w:rsidRDefault="00FD1D41" w:rsidP="00C752A2">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidP="00C752A2" w:rsidRDefault="00FD1D41" w14:paraId="5F3C1E00" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1100FF</w:t>
             </w:r>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Faculty Fellow</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w14:paraId="0087D744" w14:textId="77777777" w:rsidTr="001A22E8">
+      <w:tr w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidTr="001A22E8" w14:paraId="0087D744" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="61A6A9EE" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w:rsidRDefault="00FD1D41">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidRDefault="00FD1D41" w14:paraId="61A6A9EE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1101</w:t>
             </w:r>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Professor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="51D20147" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w:rsidRDefault="00FD1D41" w:rsidP="00C752A2">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidP="00C752A2" w:rsidRDefault="00FD1D41" w14:paraId="51D20147" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1101FF</w:t>
             </w:r>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Faculty Fellow</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w14:paraId="32BF032E" w14:textId="77777777" w:rsidTr="001A22E8">
+      <w:tr w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidTr="001A22E8" w14:paraId="32BF032E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7659F057" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w:rsidRDefault="00FD1D41">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidRDefault="00FD1D41" w14:paraId="7659F057" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1102</w:t>
             </w:r>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Associate Professor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="736632FD" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w:rsidRDefault="00FD1D41" w:rsidP="00C752A2">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidP="00C752A2" w:rsidRDefault="00FD1D41" w14:paraId="736632FD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1102FF</w:t>
             </w:r>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Faculty Fellow</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w14:paraId="106DE43C" w14:textId="77777777" w:rsidTr="001A22E8">
+      <w:tr w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidTr="001A22E8" w14:paraId="106DE43C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="64E9CB82" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w:rsidRDefault="00FD1D41">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidRDefault="00FD1D41" w14:paraId="64E9CB82" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1103</w:t>
             </w:r>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Assistant Professor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="78312539" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w:rsidRDefault="00FD1D41" w:rsidP="00C752A2">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidP="00C752A2" w:rsidRDefault="00FD1D41" w14:paraId="78312539" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1103FF</w:t>
             </w:r>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Faculty Fellow</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w14:paraId="7E3F98F7" w14:textId="77777777" w:rsidTr="001A22E8">
+      <w:tr w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidTr="001A22E8" w14:paraId="7E3F98F7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="62D99442" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w:rsidRDefault="00FD1D41">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidRDefault="00FD1D41" w14:paraId="62D99442" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>110</w:t>
             </w:r>
-            <w:r w:rsidR="00C752A2" w:rsidRPr="001A22E8">
+            <w:r w:rsidRPr="001A22E8" w:rsidR="00C752A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C752A2" w:rsidRPr="001A22E8">
+            <w:r w:rsidRPr="001A22E8" w:rsidR="00C752A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C752A2" w:rsidRPr="001A22E8">
+            <w:r w:rsidRPr="001A22E8" w:rsidR="00C752A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Teaching Professor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5019863C" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w:rsidRDefault="00C752A2" w:rsidP="00C752A2">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidP="00C752A2" w:rsidRDefault="00C752A2" w14:paraId="5019863C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1107FF</w:t>
             </w:r>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Faculty Fellow</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w14:paraId="0A14041A" w14:textId="77777777" w:rsidTr="001A22E8">
+      <w:tr w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidTr="001A22E8" w14:paraId="0A14041A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="68DC2E85" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w:rsidRDefault="00C752A2">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidRDefault="00C752A2" w14:paraId="68DC2E85" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1108</w:t>
             </w:r>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Associate Teaching Professor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="61F188A5" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w:rsidRDefault="00C752A2" w:rsidP="00C752A2">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidP="00C752A2" w:rsidRDefault="00C752A2" w14:paraId="61F188A5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1108FF</w:t>
             </w:r>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Faculty Fellow</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w14:paraId="79342D03" w14:textId="77777777" w:rsidTr="001A22E8">
+      <w:tr w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidTr="001A22E8" w14:paraId="79342D03" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3CEE0AF9" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w:rsidRDefault="00C752A2">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidRDefault="00C752A2" w14:paraId="3CEE0AF9" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1109</w:t>
             </w:r>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Assistant Teaching Professor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1327CEC6" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRPr="001A22E8" w:rsidRDefault="00C752A2" w:rsidP="00C752A2">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00FD1D41" w:rsidP="00C752A2" w:rsidRDefault="00C752A2" w14:paraId="1327CEC6" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1109FF</w:t>
             </w:r>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Faculty Fellow</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C752A2" w:rsidRPr="001A22E8" w14:paraId="71462FA9" w14:textId="77777777" w:rsidTr="001A22E8">
+      <w:tr w:rsidRPr="001A22E8" w:rsidR="00C752A2" w:rsidTr="001A22E8" w14:paraId="71462FA9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="61AFB6F0" w14:textId="77777777" w:rsidR="00C752A2" w:rsidRPr="001A22E8" w:rsidRDefault="00C752A2">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00C752A2" w:rsidRDefault="00C752A2" w14:paraId="61AFB6F0" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1439</w:t>
             </w:r>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Faculty Fellow</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2D09EFED" w14:textId="77777777" w:rsidR="00C752A2" w:rsidRPr="001A22E8" w:rsidRDefault="00C752A2" w:rsidP="00C752A2">
+          <w:p w:rsidRPr="001A22E8" w:rsidR="00C752A2" w:rsidP="00C752A2" w:rsidRDefault="00C752A2" w14:paraId="2D09EFED" w14:textId="636578EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A22E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
+            <w:r w:rsidR="00807DA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Stand alone</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2C9F5B0F" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRDefault="00FD1D41">
+    <w:p w:rsidR="00FD1D41" w:rsidRDefault="00FD1D41" w14:paraId="2C9F5B0F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7875213E" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRDefault="00FD1D41">
+    <w:p w:rsidR="00FD1D41" w:rsidRDefault="00FD1D41" w14:paraId="7875213E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40893CB6" w14:textId="77777777" w:rsidR="00735959" w:rsidRDefault="00735959">
+    <w:p w:rsidR="00735959" w:rsidRDefault="00735959" w14:paraId="40893CB6" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>When determining which faculty fellow job code to use, please consider the following question</w:t>
       </w:r>
       <w:r w:rsidR="00C752A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BEAEF40" w14:textId="77777777" w:rsidR="00735959" w:rsidRDefault="00735959">
+    <w:p w:rsidR="00735959" w:rsidRDefault="00735959" w14:paraId="6BEAEF40" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EE961FD" w14:textId="7B838BFC" w:rsidR="00FD1D41" w:rsidRDefault="001227FA" w:rsidP="00735959">
+    <w:p w:rsidR="00FD1D41" w:rsidP="336E1EDF" w:rsidRDefault="001227FA" w14:paraId="2EE961FD" w14:textId="76AEC37F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="1D42EE11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does the employee have a primary </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="0FDED099">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">faculty </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="1D42EE11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>appointment with the university</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="64881594">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (i.e., not temporary)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="1C15F741">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1D41" w:rsidP="00FD1D41" w:rsidRDefault="00FD1D41" w14:paraId="4A60E493" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...38 lines deleted...]
-    <w:p w14:paraId="022DC80D" w14:textId="2547C46A" w:rsidR="00FD1D41" w:rsidRDefault="00CE41DA" w:rsidP="00FD1D41">
+    </w:p>
+    <w:p w:rsidR="00FD1D41" w:rsidP="00FD1D41" w:rsidRDefault="00CE41DA" w14:paraId="022DC80D" w14:textId="2547C46A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If y</w:t>
       </w:r>
       <w:r w:rsidR="00735959">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
@@ -1043,1874 +1644,2808 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">faculty fellow job code associated with faculty member's </w:t>
       </w:r>
       <w:r w:rsidR="00893913">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>primary role</w:t>
       </w:r>
       <w:r w:rsidR="00FD1D41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31605CBC" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRDefault="00FD1D41" w:rsidP="00FD1D41">
+    <w:p w:rsidR="00FD1D41" w:rsidP="00FD1D41" w:rsidRDefault="00FD1D41" w14:paraId="31605CBC" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58D2731C" w14:textId="396AC1B8" w:rsidR="00735959" w:rsidRDefault="00CE41DA" w:rsidP="4E98D083">
+    <w:p w:rsidR="00735959" w:rsidP="4E98D083" w:rsidRDefault="00CE41DA" w14:paraId="58D2731C" w14:textId="6F4608C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4E98D083">
-[...15 lines deleted...]
-      <w:r w:rsidR="7A263FAF" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="428A0529">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="428A0529">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="08255AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="08255AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="15974D65">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(rare situation) </w:t>
       </w:r>
-      <w:r w:rsidR="00FD1D41" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="08255AD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">use job code 1439 for faculty fellows who do not have a </w:t>
       </w:r>
-      <w:r w:rsidR="00893913" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="45625EA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>primary</w:t>
       </w:r>
-      <w:r w:rsidR="00FD1D41" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="08255AD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> appointment with the university</w:t>
       </w:r>
-      <w:r w:rsidR="00C752A2" w:rsidRPr="4E98D083">
-[...7 lines deleted...]
-      <w:r w:rsidR="00FD1D41" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="6B6FA157">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="1388AB5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and whose work falls outside the boundaries of the adjoint job codes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="6B6FA157">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="1C96EFB6" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRDefault="00FD1D41" w:rsidP="00FD1D41">
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="00871B93">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NOTE 1439 is benefits eligible and should be used for 50% FTE+ appointments.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0082264B" w:rsidP="0082264B" w:rsidRDefault="0082264B" w14:paraId="43633C8C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082264B" w:rsidP="4E98D083" w:rsidRDefault="0082264B" w14:paraId="7BE2B5BE" w14:textId="3CD31FCD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> because faculty member is a temporary hire, i.e., lecturer, then there are several options depending on the nature of the work. Please see </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>appendix</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for options.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1D41" w:rsidP="00FD1D41" w:rsidRDefault="00FD1D41" w14:paraId="1C96EFB6" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6987FEE8" w14:textId="77777777" w:rsidR="000D693A" w:rsidRDefault="00FD1D41" w:rsidP="000D693A">
+    <w:p w:rsidR="000D693A" w:rsidP="000D693A" w:rsidRDefault="00FD1D41" w14:paraId="6987FEE8" w14:textId="7B0E7D99">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4E98D083">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00FD1D41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Does the faculty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="3D936EEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00FD1D41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fellow</w:t>
       </w:r>
-      <w:r w:rsidR="09E4783E" w:rsidRPr="4E98D083">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00FD1D41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> position function like an endowed appointment, i.e., the </w:t>
       </w:r>
-      <w:r w:rsidR="4989210E" w:rsidRPr="4E98D083">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00FD1D41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>position</w:t>
       </w:r>
-      <w:r w:rsidR="3766C7CD" w:rsidRPr="4E98D083">
-[...24 lines deleted...]
-      <w:r w:rsidR="16C4968D" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="3766C7CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is an honor and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00FD1D41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has no explicit administrative responsibilities or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00FD1D41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>additional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00FD1D41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="16C4968D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">work </w:t>
       </w:r>
-      <w:r w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00FD1D41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">assignments the faculty member must complete? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A56180C" w14:textId="77777777" w:rsidR="000D693A" w:rsidRDefault="000D693A" w:rsidP="000D693A">
+    <w:p w:rsidR="000D693A" w:rsidP="000D693A" w:rsidRDefault="000D693A" w14:paraId="6A56180C" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="377AD35B" w14:textId="77777777" w:rsidR="000D693A" w:rsidRDefault="00C31F33" w:rsidP="000D693A">
+    <w:p w:rsidR="000D693A" w:rsidP="000D693A" w:rsidRDefault="00C31F33" w14:paraId="377AD35B" w14:textId="3B7760C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D693A">
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="653E8140">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If y</w:t>
       </w:r>
-      <w:r w:rsidR="00FD1D41" w:rsidRPr="000D693A">
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="08255AD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">es – </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D693A">
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="653E8140">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">please </w:t>
       </w:r>
-      <w:r w:rsidR="00FD1D41" w:rsidRPr="000D693A">
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="08255AD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>use job code</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D693A">
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="653E8140">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00FD1D41" w:rsidRPr="000D693A">
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="653E8140">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C752A2" w:rsidRPr="000D693A">
-[...23 lines deleted...]
-      <w:r w:rsidR="00C752A2" w:rsidRPr="000D693A">
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="64881594">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1450 </w:t>
       </w:r>
-      <w:r w:rsidR="00FD1D41" w:rsidRPr="000D693A">
-[...17 lines deleted...]
-    <w:p w14:paraId="0B282ED8" w14:textId="77777777" w:rsidR="000D693A" w:rsidRDefault="000D693A" w:rsidP="000D693A">
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="08255AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Endowed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="501FEFE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or Named </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="08255AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Professor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="7097F7C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OR 1451 Endowed Chair</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="08255AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="17B56529">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>An endowed “Faculty Fellow” would function best in the 1450 Endowed/Named Professor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="7C660F31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D693A" w:rsidP="000D693A" w:rsidRDefault="000D693A" w14:paraId="0B282ED8" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17FB9BF4" w14:textId="3202FB98" w:rsidR="00FD1D41" w:rsidRPr="000D693A" w:rsidRDefault="005001FA" w:rsidP="000D693A">
+    <w:p w:rsidRPr="008C71C5" w:rsidR="00FD1D41" w:rsidP="008C71C5" w:rsidRDefault="005001FA" w14:paraId="55450F39" w14:textId="2D37BD26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D693A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If n</w:t>
       </w:r>
-      <w:r w:rsidR="00FD1D41" w:rsidRPr="000D693A">
+      <w:r w:rsidRPr="000D693A" w:rsidR="00FD1D41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o – use the job code associated with the faculty member’s current rank.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A9A8EB2" w14:textId="77777777" w:rsidR="00145047" w:rsidRDefault="00145047">
+    <w:p w:rsidR="00FD1D41" w:rsidRDefault="0082264B" w14:paraId="5565D96B" w14:textId="7732A466">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="56F6CDE1" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRDefault="00FD1D41">
+        <w:t>Appendix</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0082264B" w:rsidRDefault="0082264B" w14:paraId="7B1E74C3" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0083379F" w:rsidP="66EF90AD" w:rsidRDefault="0082264B" w14:paraId="43E33B2F" w14:textId="68AEA925">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0082264B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If a lecturer is completing work for a department</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00BE71AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that is not related to their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="2AD3AA09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lecturer's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00BE71AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> role, then they must be compensated separately for this work via an </w:t>
+      </w:r>
+      <w:hyperlink r:id="R04af46006a9a492b">
+        <w:r w:rsidRPr="66EF90AD" w:rsidR="00BE71AD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Additional Pay Form</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00BE71AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OR via </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00890D88">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hiring them in a separate job code.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="003760DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0083379F" w:rsidRDefault="0083379F" w14:paraId="78CA1A3B" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082264B" w:rsidP="66EF90AD" w:rsidRDefault="003760DB" w14:paraId="0D8335F5" w14:textId="7521A35E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="003760DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PLEASE NOTE: Lecturers should not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="003760DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be completing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="003760DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> service for units</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="215E2226">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that falls outside their course assignment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="003760DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. They teach on a course-by-course basis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00890D88" w:rsidRDefault="00890D88" w14:paraId="0879EA84" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00890D88" w:rsidP="08F10E37" w:rsidRDefault="00890D88" w14:paraId="060E8900" w14:textId="1BF0FFB6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="6B74B61E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Additional Pay Forms should be used for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="4C60EFD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cases where the work </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="4C60EFD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="4C60EFD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="19F9475C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>one-time</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="19F9475C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and it has a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="4D02F84B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="57C65C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>clearly defined</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="588ACC1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> scope and deliverables.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="4D02F84B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="216C2153">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>APFs can only be issued once</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="6FAA3839">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="693774E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the work has been completed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="5766BE5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and while the individual has an active appointment with the university</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="6B74B61E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="4D02F84B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00890D88" w:rsidRDefault="00890D88" w14:paraId="60F667F1" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00293CEA" w:rsidP="7ECD25E4" w:rsidRDefault="00DE0E03" w14:paraId="6FE29A28" w14:textId="00ABD303">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="4D02F84B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the work is ongoing, or the end date is not clear, then </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="3F0D20BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>there are several options depending on the timeline and nature of the work</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="38664FCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="799CC889">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="2EA580F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>options below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="799CC889">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can be viewed in full in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="R2fc8fd11f55d48e3">
+        <w:r w:rsidRPr="66EF90AD" w:rsidR="799CC889">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Benefit Eligibility Matrix</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="799CC889">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="638070EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CU </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="799CC889">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>System Employee Services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00293CEA" w:rsidRDefault="00293CEA" w14:paraId="4D26B0A1" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1165"/>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="5665"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CE504A" w:rsidTr="336E1EDF" w14:paraId="2018490B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00BB1215" w:rsidR="00CE504A" w:rsidP="00BB1215" w:rsidRDefault="00CE504A" w14:paraId="693B8DD7" w14:textId="3AAF283A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1215">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Job Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00BB1215" w:rsidR="00CE504A" w:rsidP="00BB1215" w:rsidRDefault="00CE504A" w14:paraId="2CBD51B1" w14:textId="14634FDE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1215">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Job Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00BB1215" w:rsidR="00CE504A" w:rsidP="00BB1215" w:rsidRDefault="00CE504A" w14:paraId="75F3ABF2" w14:textId="5B45A647">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1215">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Title Definition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE504A" w:rsidTr="336E1EDF" w14:paraId="6785D7FB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE504A" w:rsidRDefault="00347659" w14:paraId="5EB6F4A6" w14:textId="4AAF6558">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1406-1408</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE504A" w:rsidRDefault="00347659" w14:paraId="2BD4735A" w14:textId="1A613FF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adjoint</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="008C71C5" w:rsidR="00CE504A" w:rsidP="6DCDFBE2" w:rsidRDefault="3DB11ED0" w14:paraId="1059FE84" w14:textId="665F2A30" w14:noSpellErr="1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="48F6A7F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">APS 5060, Appx A, eff 7/1/2025: Adjoint: This title is used for employees of the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="48F6A7F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">National Institute of Standards and Technology, the National Center for Atmospheric Research, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="48F6A7F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>or other agencies or institutions who offer courses or supervise academic programs without compensation above that of their home institution or organization salary.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="48F6A7F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Their qualifications should be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="48F6A7F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>appropriate to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="48F6A7F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the assigned rank and responsibilities. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="48F6A7F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>These appointments are for uncompensated non-employees and are at-will.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE504A" w:rsidTr="336E1EDF" w14:paraId="7537B5A4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE504A" w:rsidRDefault="00347659" w14:paraId="14BBA3B5" w14:textId="285A2507">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1409-1413</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE504A" w:rsidRDefault="00347659" w14:paraId="7D842354" w14:textId="2F8948BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adjoint Academic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E457E3" w:rsidR="00CE504A" w:rsidP="7359DCC6" w:rsidRDefault="220FDB13" w14:paraId="514C3FC8" w14:textId="5D974201" w14:noSpellErr="1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="17DAA44D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>APS 5060, Appx A, eff 7/1/2025</w:t>
+            </w:r>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="17DAA44D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Adjoint (Academic): This title is used for individuals who previously held the rank of Professor at a comparable higher education institution. The rank is dependent upon their last rank held in a comparable institution. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="17DAA44D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Their qualifications should be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="17DAA44D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>appropriate to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="17DAA44D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the assigned rank and responsibilities. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="17DAA44D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>These appointments are for compensated employees and are at-will.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F128A3" w:rsidTr="336E1EDF" w14:paraId="217A22FE" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00F128A3" w:rsidP="00F128A3" w:rsidRDefault="00347659" w14:paraId="75405A8C" w14:textId="2BFEB11C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1414-1418</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00F128A3" w:rsidP="00F128A3" w:rsidRDefault="00783BB7" w14:paraId="40DEA45F" w14:textId="22B1701F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adjoint Attend</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F36E11" w:rsidR="00F128A3" w:rsidP="6DCDFBE2" w:rsidRDefault="398771F8" w14:paraId="38549F90" w14:textId="20F71419" w14:noSpellErr="1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="5639B973">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">APS 5060, Appx A, eff 7/1/2025: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="5639B973">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adjoint (Attend): This title is used for individuals holding University administrative or service positions who engage in instructional activities without compensation over and above their regular CU salary. Their qualifications should be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="5639B973">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>appropriate to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="5639B973">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the assigned rank and responsibilities. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="5639B973">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>These appointments are secondary, uncompensated appointments and are at-will.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F128A3" w:rsidTr="336E1EDF" w14:paraId="1A7E1FCD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00F128A3" w:rsidP="00F128A3" w:rsidRDefault="00F128A3" w14:paraId="659D2F48" w14:textId="798E551E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1421</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00F128A3" w:rsidP="336E1EDF" w:rsidRDefault="00F128A3" w14:paraId="5A2BC229" w14:textId="64645DB3" w14:noSpellErr="1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="4AA281D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Asst Instructor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00F128A3" w:rsidP="00F128A3" w:rsidRDefault="00F128A3" w14:paraId="5BC4730A" w14:textId="143E5448">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C71C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">This title would pertain to an individual possessing relevant training and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008C71C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>demonstrated</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008C71C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> competence in a particular discipline to carry out instructional activities or laboratory supervision or instruction in that discipline on a part-time basis. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F36E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The duties and responsibilities will be to assist faculty members in performing instructional tasks, typically on a part-time basis (less than 50% </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F36E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>time</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F36E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C71C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>. Minimum degree qualifications include the possession of the master's degree or its equivalent. An individual employed in this capacity is not currently enrolled in a graduate program.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F128A3" w:rsidTr="336E1EDF" w14:paraId="6855EE3C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00F128A3" w:rsidP="00F128A3" w:rsidRDefault="00F128A3" w14:paraId="7396B4CA" w14:textId="54D44BB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1444</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00F128A3" w:rsidP="336E1EDF" w:rsidRDefault="00F128A3" w14:paraId="77A2A7DC" w14:textId="6F69CFB9" w14:noSpellErr="1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="336E1EDF" w:rsidR="4AA281D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Temporary Instructional Fac</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00F128A3" w:rsidP="00F128A3" w:rsidRDefault="00F128A3" w14:paraId="360E9424" w14:textId="4952CC0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E457E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">For temporary, seasonal, and short-term assignments involving instructional activities typically </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E457E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>paid</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E457E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on a contract basis. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E457E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Limited to working 9 months or less within any 12-month period.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E457E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> These appointments are typically related to the field of study that the faculty members are teaching. Example assignments include club sport coaching, acting or theatre program work, or residential academic program instructional support. Appointments should have a documented job description specifying the assigned responsibilities.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FD1D41" w:rsidP="336E1EDF" w:rsidRDefault="00FD1D41" w14:paraId="7020198C" w14:textId="12EDCA4A">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="08255AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">FACULTY FELLOW TEMPLATE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1D41" w:rsidP="00FD1D41" w:rsidRDefault="00CB2D34" w14:paraId="1A8114C9" w14:textId="1AABDC5F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t>Fall</w:t>
+      </w:r>
+      <w:r w:rsidR="000521F3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1D41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005001FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:b/>
+        <w:t>Update</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="64881594" w:rsidP="336E1EDF" w:rsidRDefault="64881594" w14:paraId="789A4D73" w14:textId="1E5E3547">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="64881594">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Use for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="243D8E92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FF codes</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="58C39C78" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5613DA46" w14:textId="77777777" w:rsidR="00FD1D41" w:rsidRDefault="00FD1D41" w:rsidP="00FD1D41">
-[...413 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="07EFB9AA" w14:textId="56E5B71B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="352FE6D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Date </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07EFB9AA" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="12B2695B" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="12B2695B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Address </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61807D2E" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...38 lines deleted...]
-    <w:p w14:paraId="24AC91BD" w14:textId="1F7D6159" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="61807D2E" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="194F4599" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dear __</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="112DCA0A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="24AC91BD" w14:textId="1F7D6159">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4E98D083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I am pleased to </w:t>
       </w:r>
-      <w:r w:rsidR="00AE11F0" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="4E98D083" w:rsidR="00AE11F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">appoint you to the position of Faculty Fellow </w:t>
       </w:r>
-      <w:r w:rsidR="00AE11F0" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="4E98D083" w:rsidR="00AE11F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[working title optional]</w:t>
       </w:r>
-      <w:r w:rsidR="00A34D1B" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="4E98D083" w:rsidR="00A34D1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE11F0" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="4E98D083" w:rsidR="00AE11F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">in the </w:t>
       </w:r>
-      <w:r w:rsidR="00AE11F0" w:rsidRPr="00097DE6">
+      <w:r w:rsidRPr="00097DE6" w:rsidR="00AE11F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Department</w:t>
       </w:r>
-      <w:r w:rsidR="00A910EF" w:rsidRPr="00097DE6">
+      <w:r w:rsidRPr="00097DE6" w:rsidR="00A910EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/Program</w:t>
       </w:r>
-      <w:r w:rsidR="00AE11F0" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="4E98D083" w:rsidR="00AE11F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of ____________ at the</w:t>
       </w:r>
-      <w:r w:rsidR="00A34D1B" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="4E98D083" w:rsidR="00A34D1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="4E98D083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Colorado </w:t>
       </w:r>
-      <w:r w:rsidR="00811107" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="4E98D083" w:rsidR="00811107">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boulder</w:t>
       </w:r>
       <w:r w:rsidRPr="4E98D083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. This offer is</w:t>
       </w:r>
-      <w:r w:rsidR="00A34D1B" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="4E98D083" w:rsidR="00A34D1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> made upon the recommendation of the department,</w:t>
       </w:r>
       <w:r w:rsidRPr="4E98D083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A34D1B" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="4E98D083" w:rsidR="00A34D1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">with the concurrence of the </w:t>
+        <w:t xml:space="preserve">with the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="4E98D083" w:rsidR="00A34D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>concurrence</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="4E98D083" w:rsidR="00A34D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r w:rsidRPr="4E98D083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dean of the College/School of </w:t>
       </w:r>
       <w:r w:rsidRPr="4E98D083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">_______________ and the </w:t>
       </w:r>
-      <w:r w:rsidR="00506F19" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="4E98D083" w:rsidR="00506F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vice </w:t>
       </w:r>
       <w:r w:rsidR="00272D61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Chancellor and Senior Vice Provost</w:t>
       </w:r>
       <w:r w:rsidRPr="4E98D083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Faculty Affairs</w:t>
       </w:r>
-      <w:r w:rsidR="00720B3B" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="4E98D083" w:rsidR="00720B3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="4E98D083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidR="006A2389" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="4E98D083" w:rsidR="006A2389">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the appointment</w:t>
       </w:r>
       <w:r w:rsidRPr="4E98D083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is subject to the final approval of the </w:t>
       </w:r>
-      <w:r w:rsidR="004309C9" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="4E98D083" w:rsidR="004309C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provost and Executive Vice Chancellor for Academic Affairs </w:t>
       </w:r>
       <w:r w:rsidRPr="4E98D083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of the University of Colorado </w:t>
       </w:r>
-      <w:r w:rsidR="00811107" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="4E98D083" w:rsidR="00811107">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boulder</w:t>
       </w:r>
       <w:r w:rsidRPr="4E98D083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B5FCAAB" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="35C40318" w14:textId="77777777" w:rsidR="003920AF" w:rsidRPr="004A2ED1" w:rsidRDefault="003920AF" w:rsidP="003920AF">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="0B5FCAAB" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="004A2ED1" w:rsidR="003920AF" w:rsidP="003920AF" w:rsidRDefault="003920AF" w14:paraId="35C40318" w14:textId="25481FC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:b/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="003920AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Appointment Details</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="315493BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="315493BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Required Section]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003920AF" w:rsidP="3B7F0BE9" w:rsidRDefault="003920AF" w14:paraId="7CB7E473" w14:textId="6D24038A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="49233E62" w:rsidP="08F10E37" w:rsidRDefault="49233E62" w14:paraId="0F899398" w14:textId="73F225E5" w14:noSpellErr="1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3A81C849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subject to approval by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3A81C849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Provost</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3A81C849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3A81C849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[insert term of appointment, i.e., two</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="7698E382">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3A81C849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> year]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3A81C849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appointment will be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3A81C849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>effective ___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3A81C849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________, 202__ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3A81C849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Often this date is the beginning of an academic year/semester, or the start of the fiscal year (July 1)].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3A81C849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Should the unit elect to renew this administrative appointment, you will be reviewed for reappointment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="207B3319">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and notified of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="207B3319">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>outcome</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3A81C849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no later </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3A81C849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>than __</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3A81C849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3A81C849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[insert</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="6B422AB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="55D10B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>last day</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="6B422AB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3A81C849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appointment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="77D5BC90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3A81C849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0055709B" w:rsidP="336E1EDF" w:rsidRDefault="0055709B" w14:paraId="10A44051" w14:textId="485C505F" w14:noSpellErr="1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="1C586369">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[If a non-renewable appointment, substitute the preceding sentences with the following: "This is a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="1C586369">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>non-renewable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="1C586369">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="1C586369">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">administrative </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="1C586369">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>appointment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="1C586369">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and it will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="1C586369">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>end ___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="1C586369">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________."]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="1C586369">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_Hlk213249962" w:id="11"/>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="5309C957">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="5309C957">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou or the university may </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="5309C957">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>terminate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="5309C957">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the appointment earlier than the end date (see below under #3).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="5309C957">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w:rsidR="00B82B82" w:rsidP="0055709B" w:rsidRDefault="00B82B82" w14:paraId="106EE0AF" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00311AA4" w:rsidR="00B82B82" w:rsidP="0055709B" w:rsidRDefault="00B82B82" w14:paraId="242D421C" w14:textId="79530225">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="0033CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>As compensation for serving as Faculty Fellow, you will receive ($____) paid out over the academic year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004332F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220BC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...74 lines deleted...]
-      <w:r w:rsidR="008C27B1" w:rsidRPr="00220BC3">
+        <w:t>[Where applicable: for appointment terms that do not line up with the academic year, please add the following language after academic year:]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5100">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and prorated for the term of service.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004332F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220BC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">[Often this date is the beginning of an academic </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005142F6" w:rsidRPr="00220BC3">
+        <w:t>[If the appointment period is for the fiscal year (12 months), please explain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087350E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220BC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>year/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008C27B1" w:rsidRPr="00220BC3">
+        <w:t>compensation</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">semester, or </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CF00F7" w:rsidRPr="00220BC3">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220BC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>the start of the fiscal year (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008C27B1" w:rsidRPr="00220BC3">
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B52D7" w:rsidRDefault="007B52D7" w14:paraId="3143FF86" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>July 1</w:t>
-[...317 lines deleted...]
-    <w:p w14:paraId="14F68BAE" w14:textId="77777777" w:rsidR="00383213" w:rsidRPr="004A2ED1" w:rsidRDefault="00383213" w:rsidP="00383213">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="004A2ED1" w:rsidR="00383213" w:rsidP="00383213" w:rsidRDefault="00383213" w14:paraId="14F68BAE" w14:textId="4DEBC4CF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:b/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00383213">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Role </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A2ED1">
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00383213">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Responsibilities</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-    <w:p w14:paraId="2DE067B0" w14:textId="48362F4F" w:rsidR="00383213" w:rsidRDefault="00AC4E4C">
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="26A56D88">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="26A56D88">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Required Section]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A910EF" w:rsidP="00A910EF" w:rsidRDefault="00A910EF" w14:paraId="05298A93" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00383213" w:rsidRDefault="00AC4E4C" w14:paraId="2DE067B0" w14:textId="48362F4F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Your duties as Faculty Fellow</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">will be to _______________. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60944105" w14:textId="77777777" w:rsidR="00AC4E4C" w:rsidRDefault="00AC4E4C">
+    <w:p w:rsidR="00AC4E4C" w:rsidRDefault="00AC4E4C" w14:paraId="60944105" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F31DAE2" w14:textId="70891306" w:rsidR="00096BA8" w:rsidRPr="00B355A3" w:rsidRDefault="00096BA8" w:rsidP="00096BA8">
+    <w:p w:rsidRPr="00B355A3" w:rsidR="00096BA8" w:rsidP="00096BA8" w:rsidRDefault="00096BA8" w14:paraId="5F31DAE2" w14:textId="70891306">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Your annual merit formula as Faculty Fellow </w:t>
       </w:r>
       <w:r w:rsidRPr="00A910EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2921,51 +4456,71 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">OR working </w:t>
       </w:r>
       <w:r w:rsidRPr="00A910EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>title]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will be ________% teaching, ________% scholarly and creative work, and ________% leadership and service, and you will be evaluated annually by the Department in all three areas. Your formal teaching assignment as Faculty Fellow </w:t>
+        <w:t xml:space="preserve"> will be ________% </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teaching, _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______% scholarly and creative work, and ________% leadership and service, and you will be evaluated annually by the Department in all three areas. Your formal teaching assignment as Faculty Fellow </w:t>
       </w:r>
       <w:r w:rsidRPr="00A910EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">OR working </w:t>
       </w:r>
       <w:r w:rsidRPr="00A910EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
@@ -2998,88 +4553,100 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[Where applicable:]</w:t>
       </w:r>
       <w:r w:rsidRPr="00B022CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0033CC"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B022CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>This is a</w:t>
+        <w:t xml:space="preserve">This is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B022CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00B51E0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E64D08">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[#]</w:t>
+        <w:t>[#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E64D08">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00B022CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">course release. A course release is available during the academic year when you serve as </w:t>
+        <w:t xml:space="preserve">-course release. A course release is available during the academic year when you serve as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Faculty Fellow </w:t>
       </w:r>
       <w:r w:rsidRPr="00A910EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
@@ -3116,108 +4683,900 @@
       </w:r>
       <w:r w:rsidRPr="00B022CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> if you choose not to use the course release.</w:t>
       </w:r>
       <w:r w:rsidR="00B355A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> [If no change is being made to the merit formula</w:t>
       </w:r>
       <w:r w:rsidR="00F73508">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, then please use the following language: This position will not result in a change to your current merit formula of XX/XX/XX.</w:t>
+        <w:t xml:space="preserve">, then please use the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F73508">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>following language: This position will not result in a change to your current merit formula of XX/XX/XX.</w:t>
       </w:r>
       <w:r w:rsidR="00667B32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03DBA890" w14:textId="77777777" w:rsidR="00AA4939" w:rsidRDefault="00AA4939" w:rsidP="00096BA8">
-[...8 lines deleted...]
-    <w:p w14:paraId="1A50D0EA" w14:textId="6DF46BBD" w:rsidR="00F453C9" w:rsidRPr="00F453C9" w:rsidRDefault="00F453C9" w:rsidP="00F453C9">
+    <w:p w:rsidR="00AA4939" w:rsidP="00096BA8" w:rsidRDefault="00AA4939" w14:paraId="03DBA890" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F453C9" w:rsidR="00F453C9" w:rsidP="00F453C9" w:rsidRDefault="00F453C9" w14:paraId="1A50D0EA" w14:textId="34B324E7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F453C9">
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="00F453C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0E101A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Policies </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="35F9576A" w14:textId="77777777" w:rsidR="00F453C9" w:rsidRPr="00F453C9" w:rsidRDefault="00F453C9" w:rsidP="00F453C9">
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="1AE7483E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Required Section]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F453C9" w:rsidR="00F453C9" w:rsidP="00F453C9" w:rsidRDefault="00F453C9" w14:paraId="35F9576A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A0FDBD0" w14:textId="178DC9DF" w:rsidR="003504BB" w:rsidRDefault="003504BB" w:rsidP="003504BB">
+    <w:p w:rsidR="64B55E90" w:rsidP="66EF90AD" w:rsidRDefault="64B55E90" w14:paraId="79E50CF6" w14:textId="7FFB3182">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>By accepting this appointment, you agree to comply with all resolutions, rules and regulations adopted by the Board of Regents, and with policies and regulations adopted by the campus, department, school, college, or other academic unit in which your appointment is made, consistent with the policies and procedures of the University and your rights and responsibilities as a faculty member. For additional information, please see the following links at:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="64B55E90" w:rsidP="66EF90AD" w:rsidRDefault="64B55E90" w14:paraId="615A7986" w14:textId="05B416FD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="64B55E90" w:rsidP="66EF90AD" w:rsidRDefault="64B55E90" w14:paraId="194FA667" w14:textId="72BCE996">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R29c0c769e13043d3">
+        <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 5002 Faculty Appointment Process</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="64B55E90" w:rsidP="66EF90AD" w:rsidRDefault="64B55E90" w14:paraId="57B546AD" w14:textId="37CF60DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="Rb2603a1793894940">
+        <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 5060 Faculty Appointments</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="64B55E90" w:rsidP="66EF90AD" w:rsidRDefault="64B55E90" w14:paraId="55D7215D" w14:textId="65E8B4B2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="Re7eed27553664842">
+        <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 1013 - Intellectual Property Policy on Discoveries and Patents for Their Protection and Commercialization</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(please also see next paragraph) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="64B55E90" w:rsidP="66EF90AD" w:rsidRDefault="64B55E90" w14:paraId="4E23BBB3" w14:textId="0386D2C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="Re3ac25b4272f49b0">
+        <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 1014 - Intellectual Property that is Educational Material</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="64B55E90" w:rsidP="66EF90AD" w:rsidRDefault="64B55E90" w14:paraId="7C3AB6E6" w14:textId="0F6F21EE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R57d643b11ac6460f">
+        <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Article 5.B.2 - Principles of Academic Freedom</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="64B55E90" w:rsidP="66EF90AD" w:rsidRDefault="64B55E90" w14:paraId="380F3E2C" w14:textId="2F19521A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R8b74be5eefd34a19">
+        <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Board of Regents Faculty Regulations</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="64B55E90" w:rsidP="66EF90AD" w:rsidRDefault="64B55E90" w14:paraId="53ABA205" w14:textId="2A748A07">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="Ra056c17423904ea3">
+        <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 2027 Code of Conduct </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="64B55E90" w:rsidP="66EF90AD" w:rsidRDefault="64B55E90" w14:paraId="57518EF2" w14:textId="4A2FAC35">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="professional-rights-and-responsibilities-(prr)" r:id="Rb54b39b39baf49a3">
+        <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Professional Rights and Responsibilities of Faculty Members</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="1D69D95C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="64B55E90" w:rsidP="66EF90AD" w:rsidRDefault="64B55E90" w14:paraId="17C64E59" w14:textId="47F0818A">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="64B55E90" w:rsidP="336E1EDF" w:rsidRDefault="64B55E90" w14:paraId="28D77019" w14:textId="09A05738">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0DF99468">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="4B404992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Academic Affairs Policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="3194F994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="4B404992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="professional-rights-and-responsibilities-(prr)" r:id="R2fde7e9b086c4a61">
+        <w:r w:rsidRPr="66EF90AD" w:rsidR="1FAB357E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="1"/>
+            <w:iCs w:val="1"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Professional Rights and Responsibilities of Faculty Members and Roles and Professional Responsibilities of Academic Leaders </w:t>
+        </w:r>
+        <w:r w:rsidRPr="66EF90AD" w:rsidR="1FAB357E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>(PRR)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="1FAB357E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="0E101A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0DF99468">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0DF99468">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sets forth a foundation for supporting a positive and respectful faculty work culture. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="1B8C89C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="31FC2106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0DF99468">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are expected to understand and incorporate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="31FC2106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part II of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0DF99468">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the PRR into the fabric of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="1B8C89C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0DF99468">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> research, scholarship, creative work, teaching, and service. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0DF99468">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="111111"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Training for all faculty in understanding and using the PRR is available through </w:t>
+      </w:r>
+      <w:hyperlink r:id="R5a4fc429313f42b6">
+        <w:r w:rsidRPr="66EF90AD" w:rsidR="0DF99468">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Percipio</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0DF99468">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="290D46C7" w:rsidP="290D46C7" w:rsidRDefault="290D46C7" w14:paraId="4702F5CF" w14:textId="5394C1FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003504BB" w:rsidP="003504BB" w:rsidRDefault="003504BB" w14:paraId="7A0FDBD0" w14:textId="178DC9DF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This offer is contingent upon the satisfactory completion of a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00772196">
         <w:rPr>
@@ -3237,51 +5596,51 @@
       </w:r>
       <w:r w:rsidRPr="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">You will receive an e-mail from the University’s external vendor, HireRight Customer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Service</w:t>
       </w:r>
       <w:r w:rsidRPr="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>customerservice@hireright.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) that will direct you to complete the authorization form online. The background check must be completed prior to employment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3315,51 +5674,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> which begins from the date of acceptance</w:t>
       </w:r>
       <w:r w:rsidRPr="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, available on the web at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1D2C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId18">
         <w:r w:rsidR="00C46651">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.colorado.edu/compliance/policies/background-check-policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3416,511 +5775,569 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>background check (completed sometime in last 3 years)</w:t>
       </w:r>
       <w:r w:rsidRPr="003A62B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, then this paragraph can be omitted.</w:t>
       </w:r>
       <w:r w:rsidRPr="003A62B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03B3EC07" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="28727307" w14:textId="7C40983E" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="03B3EC07" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="28727307" w14:textId="7C40983E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">State law specifically requires that you be an employee-at-will in your position of </w:t>
       </w:r>
       <w:r w:rsidR="00096BA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Faculty Fellow </w:t>
       </w:r>
-      <w:r w:rsidR="00096BA8" w:rsidRPr="00A910EF">
+      <w:r w:rsidRPr="00A910EF" w:rsidR="00096BA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00096BA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">OR working </w:t>
       </w:r>
-      <w:r w:rsidR="00096BA8" w:rsidRPr="00A910EF">
+      <w:r w:rsidRPr="00A910EF" w:rsidR="00096BA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>title]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and that the following paragraph be included in this letter of offer</w:t>
       </w:r>
       <w:r w:rsidR="002059B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49B3AD02" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="49B3AD02" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E36EF34" w14:textId="77777777" w:rsidR="00090ABE" w:rsidRPr="008436CB" w:rsidRDefault="00090ABE" w:rsidP="00090ABE">
+    <w:p w:rsidRPr="008436CB" w:rsidR="00090ABE" w:rsidP="00090ABE" w:rsidRDefault="00090ABE" w14:paraId="2E36EF34" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="clear" w:pos="10080"/>
           <w:tab w:val="clear" w:pos="10800"/>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD1DC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Your appointment is at-will, which means you do not have a contractual right, express or implied, to remain in the university’s employ and where either the university or you may lawfully terminate the employment relationship at any time, with or without cause. No compensation, whether as a buy-out of the remaining term of contract, as liquidated damages, or as any other form of remuneration, shall be owed or paid to you upon or after termination of such contract except for compensation that was earned prior to the date of termination.</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="156C9D81" w14:textId="20BE2A04" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+        <w:t xml:space="preserve">Your appointment is at-will, which means you do not have a contractual right, express or implied, to remain in the university’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD1DC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>employ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD1DC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and where either the university or you may lawfully terminate the employment relationship at any time, with or without cause. No compensation, whether as a buy-out of the remaining term of contract, as liquidated damages, or as any other form of remuneration, shall be owed or paid to you upon or after termination of such contract except for compensation that was earned prior to the date of termination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="79A6F75D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="156C9D81" w14:textId="20BE2A04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This provision does not apply to your position as _______________ </w:t>
       </w:r>
-      <w:r w:rsidR="00FA2555" w:rsidRPr="000F2363">
+      <w:r w:rsidRPr="000F2363" w:rsidR="00FA2555">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00FA2555">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Insert </w:t>
       </w:r>
-      <w:r w:rsidR="00FA2555" w:rsidRPr="000F2363">
+      <w:r w:rsidRPr="000F2363" w:rsidR="00FA2555">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rank]</w:t>
       </w:r>
-      <w:r w:rsidR="00FA2555" w:rsidRPr="00FC27CC">
+      <w:r w:rsidRPr="00FC27CC" w:rsidR="00FA2555">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Professor of _______________ or to compensation or benefits to which you are entitled </w:t>
+        <w:t xml:space="preserve">Professor </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>of ___</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________ or to compensation or benefits to which you are entitled </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>as a result of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> your faculty position</w:t>
       </w:r>
       <w:r w:rsidR="00FA2555">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02E314F1" w14:textId="2893C6B8" w:rsidR="008C27B1" w:rsidRDefault="007924C0">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="007924C0" w14:paraId="02E314F1" w14:textId="2893C6B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DB9C60F" w14:textId="77777777" w:rsidR="00BE5B8D" w:rsidRDefault="00BE5B8D">
-[...9 lines deleted...]
-    <w:p w14:paraId="5CA70211" w14:textId="0480012D" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="00BE5B8D" w:rsidRDefault="00BE5B8D" w14:paraId="3DB9C60F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="5CA70211" w14:textId="0480012D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I look forward to our collaboration in continuing to enhance the programs of </w:t>
       </w:r>
-      <w:r w:rsidR="00D40D82" w:rsidRPr="00D40D82">
+      <w:r w:rsidRPr="00D40D82" w:rsidR="00D40D82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[insert name of Department/School/College/Office/Program]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E073FF1" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="472CAB09" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="0E073FF1" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="472CAB09" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please indicate your willingness to accept the terms of this offer by signing below and returning this </w:t>
       </w:r>
       <w:r w:rsidR="008F25F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>letter via DocuSign</w:t>
-      </w:r>
+        <w:t xml:space="preserve">letter via </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008F25F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DocuSign</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00446C95">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> by _______________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17AA51BD" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...25 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="17AA51BD" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="7C0E6E7D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Sincerely, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B19F67" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="493D2522" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="50B19F67" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="493D2522" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00220BC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00220BC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00220BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49C666B6" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="000F145D">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="000F145D" w14:paraId="49C666B6" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Chair</w:t>
       </w:r>
       <w:r w:rsidR="008C27B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3974,131 +6391,147 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00220BC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00220BC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00220BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B5F3A65" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="6F500C35" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="5B5F3A65" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="6F500C35" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Concurred: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF12D16" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="7B5B8B1E" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="6CF12D16" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="7B5B8B1E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00220BC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00220BC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00220BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01F4EDEC" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="01F4EDEC" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dean </w:t>
       </w:r>
       <w:r w:rsidR="00220BC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -4143,214 +6576,230 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00220BC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00220BC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00220BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C581921" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="4AC8C8C7" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="2C581921" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="4AC8C8C7" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00220BC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00220BC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00220BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13CB5735" w14:textId="51752A4A" w:rsidR="00220BC3" w:rsidRDefault="00220BC3">
+    <w:p w:rsidR="00220BC3" w:rsidRDefault="00220BC3" w14:paraId="13CB5735" w14:textId="51752A4A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4E98D083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Michele </w:t>
       </w:r>
-      <w:r w:rsidR="1C4FEB10" w:rsidRPr="4E98D083">
+      <w:r w:rsidRPr="4E98D083" w:rsidR="1C4FEB10">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">S. </w:t>
       </w:r>
       <w:r w:rsidRPr="4E98D083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Moses</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="4E98D083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ADD48B8" w14:textId="666C53D3" w:rsidR="008C27B1" w:rsidRDefault="0070189F">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="0070189F" w14:paraId="7ADD48B8" w14:textId="666C53D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4E98D083">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vice </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Chancellor and Senior Vice Provost</w:t>
       </w:r>
       <w:r w:rsidR="008C27B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Faculty Affairs </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="163BAB17" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="0A1F48BB" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="163BAB17" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="0A1F48BB" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I accept this offer of the faculty position described above, with the understanding that this offer is conditional upon approval of my appointment by the </w:t>
       </w:r>
       <w:r w:rsidR="00BA65F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provost </w:t>
@@ -4361,216 +6810,248 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of the University of Colorado </w:t>
       </w:r>
       <w:r w:rsidR="00811107">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boulder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D35EA53" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="486B5B6D" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="6D35EA53" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="486B5B6D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="599F4661" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="599F4661" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E5BD2A6" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...29 lines deleted...]
-    <w:p w14:paraId="220E8540" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="4E5BD2A6" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D27D9B" w:rsidRDefault="00D27D9B" w14:paraId="33AD1B39" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D27D9B" w:rsidRDefault="00D27D9B" w14:paraId="12FA2949" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="220E8540" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I decline this offer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221AB6C7" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="75E2B18D" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="221AB6C7" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="75E2B18D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C27672" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="14C27672" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D27D9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4609,203 +7090,7530 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D27D9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008C27B1" w:rsidSect="007A1026">
-[...1 lines deleted...]
-      <w:pgSz w:w="12240" w:h="15840"/>
+    <w:p w:rsidR="00155957" w:rsidRDefault="00155957" w14:paraId="24801774" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="336E1EDF" w:rsidRDefault="00155957" w14:paraId="5F139E21" w14:noSpellErr="1" w14:textId="5A0E2BAD">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="1E28EB79" w14:textId="35187FCF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="4D52A5BD" w14:textId="26B2DC0D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="6B7EF2C1" w14:textId="1E362505">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="431F6260" w14:textId="1A72F786">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="25C1E4D7" w14:textId="44AB5774">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="3FCCF4F3" w14:textId="66BB26E5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="243B1745" w14:textId="04112EA2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="69C2474B" w14:textId="2E44F5B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="07FE414B" w14:textId="1C0DB9E2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="3F2E68EE" w14:textId="261D95D9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="4AABE510" w14:textId="3E2582F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="62A566AF" w14:textId="5BC8AEB4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="7451503E" w14:textId="075C06E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="7EF4A891" w14:textId="470A64C4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="7A449413" w14:textId="3BF239D6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="5B0B1DF4" w14:textId="07B90BE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="5E34FD80" w14:textId="4033E04A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="74AEDC39" w14:textId="75CB1B1E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="3322E968" w14:textId="7057F4F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="3FC5C00F" w14:textId="3060BA08">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="2A232D72" w14:textId="5AFA1FC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="4B280792" w14:textId="4A84DF6B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="768803E3" w14:textId="37309FBF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="7DA025C1" w14:textId="3DD27B5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="4CA30E67" w14:textId="34617536">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="1C4EAF70" w14:textId="5D0255E7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="00C690D7" w14:textId="0F855A9F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="66EF90AD" w:rsidP="66EF90AD" w:rsidRDefault="66EF90AD" w14:paraId="1E977F55" w14:textId="19F6E3A4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="336E1EDF" w:rsidRDefault="00155957" w14:paraId="55C4FB65" w14:textId="4274C683" w14:noSpellErr="1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="0F445EE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">FACULTY FELLOW TEMPLATE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="00ED417D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2025 Update</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="336E1EDF" w:rsidRDefault="00155957" w14:paraId="28F60C30" w14:textId="17DD19CF" w14:noSpellErr="1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="0F445EE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Use for 1439 faculty fellow job code</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="023E54A0" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="5B484BFF" w14:textId="1EFC4797">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="0F445EE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="7F984AB7" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Address </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="1077452C" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="4AA551AC" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dear __</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="433AFF29" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="495BB344" w14:textId="2611B79F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I am pleased to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F" w:rsidR="05F9FFEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>offer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F" w:rsidR="061C9056">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F" w:rsidR="65A992A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F" w:rsidR="65A992A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>insert]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F" w:rsidR="65A992A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F" w:rsidR="63609208">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>appointment to the faculty of the University of Colorado Boulder as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Faculty Fellow </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[working title optional]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Department/Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of ____________ at the University of Colorado Boulder. This offer is made upon the recommendation of the department, with the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>concurrence</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dean of the College/School of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________ and the Vice Chancellor and Senior Vice Provost for Faculty Affairs, and the appointment is subject to the final approval of the Provost and Executive Vice Chancellor for Academic Affairs of the University of Colorado Boulder. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="5DF91CB4" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="004A2ED1" w:rsidR="00155957" w:rsidP="336E1EDF" w:rsidRDefault="00155957" w14:paraId="38CF1FE6" w14:textId="3EC5774C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0F445EE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Appointment Details</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="504204B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="504204B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Required Section]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="7D0793B7" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2F046696" w:rsidP="24D1C1CB" w:rsidRDefault="2F046696" w14:paraId="7668B376" w14:textId="0AFB3FAA" w14:noSpellErr="1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subject to approval by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Provost</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[insert term of appointment, i.e., two</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="148FAB5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> year]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appointment will be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>effective ___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________, 202__ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Often this date is the beginning of an academic year/semester, or the start of the fiscal year (July 1)].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="44915F08">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This is a non-tenure track appointment and may be renewable. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Should the unit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to renew this appointment, you will be reviewed for reappointment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="75A7F5E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and notified of the outcome </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> later than _________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[insert end of appointment date].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2F046696" w:rsidP="336E1EDF" w:rsidRDefault="2F046696" w14:paraId="783A862A" w14:textId="5AFA7F93" w14:noSpellErr="1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[If a non-renewable appointment, substitute the preceding sentences with the following: "This is a non-renewable </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>appointment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and it will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>end ___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="12990551">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________."]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3B030661">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3B030661">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You or the university may </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3B030661">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>terminate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3B030661">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the appointment earlier than the end date (see below </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2DE1F298">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>regarding at-will appointments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3B030661">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3B030661">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="20D5179F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00311AA4" w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="29F7EFBA" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="0033CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>As compensation for serving as Faculty Fellow, you will receive ($____) paid out over the academic year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004332F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Where applicable: for appointment terms that do not line up with the academic year, please add the following language after academic year:]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5100">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and prorated for the term of service.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004332F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[If the appointment period is for the fiscal year (12 months), please explain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087350E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>compensation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="27B4788E" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="004A2ED1" w:rsidR="00155957" w:rsidP="336E1EDF" w:rsidRDefault="00155957" w14:paraId="5181AC16" w14:textId="4CA3DDB5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0F445EE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Role </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0F445EE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Responsibilities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="24A02A61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="24A02A61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Required Section]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="76B3B349" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F453C9" w:rsidR="00155957" w:rsidP="336E1EDF" w:rsidRDefault="00155957" w14:paraId="4D4DDC9A" w14:textId="2B9DE04F">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3EA662B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>For purposes of annual merit evaluation, your efforts and accomplishments will be assessed according to the following formula: ________% teaching and ________% leadership and service to the Department, University, and profession.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F453C9" w:rsidR="00155957" w:rsidP="336E1EDF" w:rsidRDefault="00155957" w14:paraId="392DFF11" w14:textId="4C0987DA">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F453C9" w:rsidR="00155957" w:rsidP="336E1EDF" w:rsidRDefault="00155957" w14:paraId="1331A5DC" w14:textId="7E18257A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3EA662B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Your duties as Faculty Fellow</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3EA662B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3EA662B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be to _______________. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3EA662B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[OR]:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3EA662B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3EA662B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your normal classroom teaching assignments will include ___ courses per academic year. By accepting this position, you agree to perform duties and responsibilities which are in the area of your expertise or academic interest, or are otherwise appropriate, and which are assigned to you consistent with your rights and responsibilities as a faculty member, and the policies and procedures of the University and of your academic unit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F453C9" w:rsidR="00155957" w:rsidP="336E1EDF" w:rsidRDefault="00155957" w14:paraId="0DD2B38B" w14:textId="259E14EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F453C9" w:rsidR="00155957" w:rsidP="336E1EDF" w:rsidRDefault="00155957" w14:paraId="7B8B8105" w14:textId="1BDB0FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="731"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1451"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2160"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2880"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3600"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4320"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5040"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5760"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6480"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7200"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7920"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8640"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9360"/>
+          <w:tab w:val="left" w:leader="none" w:pos="10080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="10800"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="3EA662B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>With agreement from you, your differential workload can be altered by the Department/Unit. If an element of your duties changes (e.g., courses added or reduced) without a change in other assigned duties, then the total % FTE will change, and the salary and differential workload should be adjusted accordingly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F453C9" w:rsidR="00155957" w:rsidP="336E1EDF" w:rsidRDefault="00155957" w14:paraId="07D14B8B" w14:textId="6F259D50">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="0E101A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F453C9" w:rsidR="00155957" w:rsidP="66EF90AD" w:rsidRDefault="00155957" w14:paraId="28AC2858" w14:textId="6E5F75BF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="0E101A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="0F445EE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="0E101A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Policies </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="53F80C64">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="0E101A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and Training Responsibilities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="64B00174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="0E101A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="64B00174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Required Section]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F453C9" w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="6F94752F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="336E1EDF" w:rsidRDefault="1E349FFB" w14:paraId="5BB29DA3" w14:textId="70B8116F" w14:noSpellErr="1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="6793D6DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By accepting this appointment, you agree to comply with all resolutions, rules and regulations adopted by the Board of Regents, and with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="180EE669">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all applicable </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="6793D6DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">policies and regulations adopted by the campus, department, school, college, or other academic unit in which your appointment is made, consistent with the policies and procedures of the University and your rights and responsibilities as a faculty member. For </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="6793D6DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>additional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="6793D6DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information, please see the following links at:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="2769948F" w:rsidRDefault="1E349FFB" w14:paraId="57CE95D3" w14:textId="3713EAEF">
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="6793D6DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="20416976" w:rsidP="336E1EDF" w:rsidRDefault="20416976" w14:paraId="0635D4F1" w14:textId="37039C17">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R71d9aa4e703a4e82">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="20416976">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 5002 Faculty Appointment Process</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="20416976">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="20416976" w:rsidP="336E1EDF" w:rsidRDefault="20416976" w14:paraId="3D8AC1E5" w14:textId="4C1661DD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R4a04051f036d428d">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="20416976">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 5060 Faculty Appointments</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="20416976">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="20416976" w:rsidP="336E1EDF" w:rsidRDefault="20416976" w14:paraId="020C747A" w14:textId="26D8AC1D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R00f3fe69e8dd4661">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="20416976">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 1013 - Intellectual Property Policy on Discoveries and Patents for Their Protection and Commercialization</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="20416976">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="20416976" w:rsidP="336E1EDF" w:rsidRDefault="20416976" w14:paraId="2B1DB5B8" w14:textId="1EDDA109">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="Rcdca2f894c714466">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="20416976">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 1014 - Intellectual Property that is Educational Material</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="20416976">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="20416976" w:rsidP="336E1EDF" w:rsidRDefault="20416976" w14:paraId="4329E5D5" w14:textId="06AF5367">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R01d74f529ba94c7c">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="20416976">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Article 5.B.2 - Principles of Academic Freedom</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="20416976">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="20416976" w:rsidP="336E1EDF" w:rsidRDefault="20416976" w14:paraId="0873E5FC" w14:textId="192B9A82">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R5d1079cdf3474473">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="20416976">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Board of Regents Faculty Regulations</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="20416976">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="20416976" w:rsidP="336E1EDF" w:rsidRDefault="20416976" w14:paraId="7924F60F" w14:textId="6C329F1D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R87400635f8d040cd">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="20416976">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 2027 Code of Conduct </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="20416976">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="20416976" w:rsidP="336E1EDF" w:rsidRDefault="20416976" w14:paraId="3E69CFA5" w14:textId="42B0E474">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="professional-rights-and-responsibilities-(prr)" r:id="Rcbbea4e3eb7849ea">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="20416976">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Professional Rights and Responsibilities of Faculty Members</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="20416976">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="2769948F" w:rsidRDefault="1E349FFB" w14:paraId="656E5D3A" w14:textId="1ECF7C22">
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="6793D6DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="7F92ECAF" w:rsidP="336E1EDF" w:rsidRDefault="7F92ECAF" w14:paraId="1A9C0F70" w14:textId="70848BCC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="7F92ECAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The primary unit defines the criteria for the reappointment of Faculty Fellows. For a description of the Primary Unit Criteria in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="7F92ECAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[insert department or program name here]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="7F92ECAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, please visit the following link: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="7F92ECAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[insert link to the department or program primary unit criteria here].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="336E1EDF" w:rsidP="336E1EDF" w:rsidRDefault="336E1EDF" w14:paraId="28FCE2E1" w14:textId="5322AD4E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="7F92ECAF" w:rsidP="336E1EDF" w:rsidRDefault="7F92ECAF" w14:paraId="48337B51" w14:textId="1563FFFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="7F92ECAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Requirements and Conditions of Employment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="336E1EDF" w:rsidP="336E1EDF" w:rsidRDefault="336E1EDF" w14:paraId="3D0FF442" w14:textId="5B2655CE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="336E1EDF" w:rsidRDefault="1E349FFB" w14:paraId="6C761CD5" w14:textId="7A3DCB5B">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="6793D6DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="R199e9305d77d4440">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="2F6925AB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Regent Policy 5.I</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2F6925AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="R70ed4a9a46614f11">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="6793D6DF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>APS 1013</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="6793D6DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, and subsequently adopted IP policies, you hereby assign to the University all rights you have or may have in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="44091E9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="6793D6DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>any University discoveries, and you agree to promptly disclose all such discoveries to the University and execute all papers as the University may deem necessary to secure for the University the rights herein assigned.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="336E1EDF" w:rsidRDefault="00155957" w14:paraId="687FD92A" w14:textId="35B372B3">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="0BBB1F31" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">State law specifically requires that you be an employee-at-will in your position of Faculty Fellow </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A910EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OR working </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A910EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>title]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and that the following paragraph be included in this letter of offer:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="24A842BD" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="008436CB" w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="66151F61" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-1440"/>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+          <w:tab w:val="clear" w:pos="10080"/>
+          <w:tab w:val="clear" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="1100"/>
+          <w:tab w:val="left" w:pos="1400"/>
+        </w:tabs>
+        <w:ind w:left="720" w:right="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your appointment is at-will, which means you do not have a contractual right, express or implied, to remain in the university’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>employ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and where either the university or you may lawfully terminate the employment relationship at any time, with or without cause. No compensation, whether as a buy-out of the remaining term of contract, as liquidated damages, or as any other form of remuneration, shall be owed or paid to you upon or after termination of such contract except for compensation that was earned prior to the date of termination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="2769948F" w:rsidRDefault="00155957" w14:paraId="360C4534" w14:textId="30AC02D0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="2769948F" w:rsidRDefault="3E11B7EF" w14:paraId="22D69690" w14:textId="563CA1E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This offer is contingent upon the satisfactory completion of a background check as required by the University. You will receive an e-mail from the University’s external vendor, HireRight Customer Service (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23">
+        <w:r w:rsidRPr="2769948F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>customerservice@hireright.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) that will direct you to complete the authorization form online. The background check must be completed prior to employment.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> By accepting this offer you verify that you’ve read the University’s background check requirements, including your self-disclosure obligation which begins from the date of acceptance, available on the web at:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24">
+        <w:r w:rsidRPr="2769948F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.colorado.edu/compliance/policies/background-check-policy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="2769948F" w:rsidRDefault="00155957" w14:paraId="673AFBC2" w14:textId="71398099">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2768BB73" w:rsidP="336E1EDF" w:rsidRDefault="2768BB73" w14:paraId="37C8D112" w14:textId="75B7CA88">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All new faculty at the University of Colorado Boulder </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>are required to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> complete training on sexual misconduct, discrimination, and harassment. A CU </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Identikey</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> access the training. You will receive an e-mail from your college or school personnel coordinator once your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Identikey</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>established</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Once your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Identikey</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is in place, please visit the following web address </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>located</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the Office of Institutional Equity and Compliance (OIEC) website for instructions on how to complete the required training: </w:t>
+      </w:r>
+      <w:hyperlink r:id="R5e786815f94e453c">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.colorado.edu/institutionalequity/training-and-education</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2768BB73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="336E1EDF" w:rsidP="336E1EDF" w:rsidRDefault="336E1EDF" w14:paraId="61A02D1F" w14:textId="13D34654">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="4922AECB" w:rsidP="336E1EDF" w:rsidRDefault="4922AECB" w14:paraId="5571BC37" w14:textId="29907D0D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="4922AECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The Academic Affairs Policy on </w:t>
+      </w:r>
+      <w:hyperlink r:id="R996aab82cbe04e0b">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="4922AECB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Professional Rights and Responsibilities of Faculty Members and Roles and Professional Responsibilities of Academic Leaders and accompanying procedures (PRR) </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="4922AECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sets forth a foundation for supporting a positive and respectful faculty work culture. You are expected to understand and incorporate Part II of the PRR into the fabric of your research, scholarship, creative work, teaching, and service. Training for all faculty in understanding and using the PRR is available through </w:t>
+      </w:r>
+      <w:hyperlink r:id="R886d138cd5a043a2">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="4922AECB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Percipio</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="4922AECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Some issues can be harder to resolve, so the Regents specify </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="4922AECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>faculty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="4922AECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grievance rights and processes (See </w:t>
+      </w:r>
+      <w:hyperlink r:id="Re37ebeb0f4b24330">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="4922AECB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Regent Law 5, Part D</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="4922AECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:dstrike w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>; </w:t>
+      </w:r>
+      <w:hyperlink r:id="Rea04633f999e4577">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="4922AECB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Regent Policy 5.G</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="4922AECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:dstrike w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="4922AECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="4922AECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:dstrike w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="4922AECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="593E5CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="593E5CF8" w:rsidP="336E1EDF" w:rsidRDefault="593E5CF8" w14:paraId="7CB0559D" w14:textId="7AB679E4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="593E5CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pursuant to the Immigration Reform and Control Act (IRCA), the University must verify your employment eligibility within the first three working days of employment. As a condition of employment, you must complete an I-9 Form and provide the University with certain documents verifying employment eligibility.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="593E5CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="593E5CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="336E1EDF" w:rsidP="336E1EDF" w:rsidRDefault="336E1EDF" w14:paraId="6A661AF2" w14:textId="414D26FA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="593E5CF8" w:rsidP="336E1EDF" w:rsidRDefault="593E5CF8" w14:paraId="16116B8C" w14:textId="224101E0">
+      <w:pPr>
+        <w:spacing w:beforeAutospacing="on" w:afterAutospacing="on"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="593E5CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This position is exempt from the overtime provisions of the Fair Labor Standards Act and as such is not eligible for overtime compensation.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="336E1EDF" w:rsidP="336E1EDF" w:rsidRDefault="336E1EDF" w14:paraId="7EBDE6C6" w14:textId="62103716">
+      <w:pPr>
+        <w:spacing w:beforeAutospacing="on" w:afterAutospacing="on"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="593E5CF8" w:rsidP="336E1EDF" w:rsidRDefault="593E5CF8" w14:paraId="669EFA72" w14:textId="14279DAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="593E5CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The laws of the state of Colorado require that faculty members of the University who are citizens of the United States affirm in writing that they will support the constitutions of the United States and of Colorado, and that they will faithfully execute the duties of their employment. The required faculty pledge form is enclosed. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="593E5CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="593E5CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>If faculty member has already completed the pledge, then this paragraph can be omitted.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="593E5CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="336E1EDF" w:rsidP="336E1EDF" w:rsidRDefault="336E1EDF" w14:paraId="6E6B9E50" w14:textId="2BF4CCCA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2A57D5F6" w:rsidP="336E1EDF" w:rsidRDefault="2A57D5F6" w14:paraId="3DA91F63" w14:textId="707C2364">
+      <w:pPr>
+        <w:spacing/>
+        <w:contextualSpacing w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CU receives </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a large portion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of its research funding from U.S. government agencies, and some of this research involves technology that is of a sensitive nature, either for national security reasons or otherwise. As a result, your ability to publish your research and to employ or collaborate with foreign nationals may be contingent upon obtaining authorization from the U.S. Departments of State, Commerce or Treasury. The CU Office of Export Controls can </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>assist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in making this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>determination</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and applying for authorization. Please use the research support toolkit found here, </w:t>
+      </w:r>
+      <w:hyperlink r:id="Rce55665fdebc4b55">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.colorado.edu/researchinnovation/ori</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or contact </w:t>
+      </w:r>
+      <w:hyperlink r:id="Rb4b07db8e8ef43e6">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>exportcontrolshelp@colorado.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for any questions or concerns you might have.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="336E1EDF" w:rsidP="336E1EDF" w:rsidRDefault="336E1EDF" w14:paraId="7D8D3106" w14:textId="0E41D5BE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2A57D5F6" w:rsidP="336E1EDF" w:rsidRDefault="2A57D5F6" w14:paraId="38F95E4B" w14:textId="59CF3D6E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All faculty responsible for the purpose, design, conduct, or reporting of research on campus are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>disclose</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> significant financial and personal interests and external professional activities. Please review the </w:t>
+      </w:r>
+      <w:hyperlink r:id="R89a760e3a15e4932">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Disclosure of External Professional Activities (DEPA) Form</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and its requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="336E1EDF" w:rsidP="336E1EDF" w:rsidRDefault="336E1EDF" w14:paraId="2887B669" w14:textId="564D32E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2A57D5F6" w:rsidP="66EF90AD" w:rsidRDefault="2A57D5F6" w14:paraId="42A408A1" w14:textId="11DB70E3">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="66EF90AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Benefits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="624DFCF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66EF90AD" w:rsidR="624DFCF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[Required Section]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="336E1EDF" w:rsidP="336E1EDF" w:rsidRDefault="336E1EDF" w14:paraId="6CD88CB1" w14:textId="588148CE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2A57D5F6" w:rsidP="336E1EDF" w:rsidRDefault="2A57D5F6" w14:paraId="32877810" w14:textId="1F96F3A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you have any questions about available benefits as a faculty member, please contact </w:t>
+      </w:r>
+      <w:hyperlink r:id="R9000bb485ef84fb7">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Benefits, part of Employee Services</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, at (303) 860-4200, option 3. You have 31 days from your hire date to enroll in any benefits programs. If your appointment begins on the first of the month, medical and dental coverage begin on that date. If your appointment begins on any other date, coverage begins the first day of the following month. Your specific start date and benefits eligibility are determined by University policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2A57D5F6" w:rsidP="336E1EDF" w:rsidRDefault="2A57D5F6" w14:paraId="13D6CF2E" w14:textId="28D591AE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be amended from time to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>time.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> For </w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>additional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information, please see the following link at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="Reb08c4ce24c1434a">
+        <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.cu.edu/employee-services/benefits-wellness</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="336E1EDF" w:rsidR="2A57D5F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="5CD938D6" w14:textId="4C95C40D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2769948F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="14665125" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="3443C565" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I look forward to our collaboration in continuing to enhance the programs of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D40D82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[insert name of Department/School/College/Office/Program]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="26F87C13" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="25BCAA37" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please indicate your willingness to accept the terms of this offer by signing below and returning this letter via </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DocuSign</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by _______________.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="51DAB421" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="4E3D4003" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sincerely, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="1ECD8DC1" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="4EC3F6B6" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="4EDC768A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chair </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="7ABC5E7A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="27816010" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Concurred: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="294F1577" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="59F72CED" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="7A8370DD" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dean </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="1F8DB64A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="1A96ECDB" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="2B095B56" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4E98D083">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Michele S. Moses</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="4E98D083">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="2101BA8D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4E98D083">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vice </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Chancellor and Senior Vice Provost</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for Faculty Affairs </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="5A5E7190" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="74377FF2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I accept this offer of the faculty position described above, with the understanding that this offer is conditional upon approval of my appointment by the Provost of the University of Colorado Boulder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="10345091" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="420382A6" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="1BB7E815" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Signature</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="794F35EE" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="6ED4F686" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="7B0277AD" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="28B61193" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I decline this offer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="6BCCF344" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="309D60C1" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidP="00155957" w:rsidRDefault="00155957" w14:paraId="20959911" w14:textId="77777777">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Signature</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155957" w:rsidRDefault="00155957" w14:paraId="66DA0A2B" w14:textId="77777777"/>
+    <w:sectPr w:rsidR="00155957" w:rsidSect="007A1026">
+      <w:headerReference w:type="default" r:id="rId27"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" mc:Ignorable="w16cid"/>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F78BECA" w14:textId="77777777" w:rsidR="003B401B" w:rsidRDefault="003B401B" w:rsidP="00881551">
+    <w:p w:rsidR="00A643B7" w:rsidP="00881551" w:rsidRDefault="00A643B7" w14:paraId="27DB4758" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68004055" w14:textId="77777777" w:rsidR="003B401B" w:rsidRDefault="003B401B" w:rsidP="00881551">
+    <w:p w:rsidR="00A643B7" w:rsidP="00881551" w:rsidRDefault="00A643B7" w14:paraId="743D0C88" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FCBE0C3" w14:textId="77777777" w:rsidR="003B401B" w:rsidRDefault="003B401B" w:rsidP="00881551">
+    <w:p w:rsidR="00A643B7" w:rsidP="00881551" w:rsidRDefault="00A643B7" w14:paraId="038AFF36" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F723E37" w14:textId="77777777" w:rsidR="003B401B" w:rsidRDefault="003B401B" w:rsidP="00881551">
+    <w:p w:rsidR="00A643B7" w:rsidP="00881551" w:rsidRDefault="00A643B7" w14:paraId="2F701D08" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="70CD247A" w14:textId="0538E0D1" w:rsidR="00881551" w:rsidRPr="00FB4FAD" w:rsidRDefault="00881551" w:rsidP="00881551">
+  <w:p w:rsidRPr="00FB4FAD" w:rsidR="00881551" w:rsidP="00881551" w:rsidRDefault="00881551" w14:paraId="70CD247A" w14:textId="0538E0D1">
     <w:pPr>
       <w:pStyle w:val="Heading2"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="31CEBCDF" w14:textId="34C70D0C" w:rsidR="002B2B1A" w:rsidRPr="00FB4FAD" w:rsidRDefault="000B300E" w:rsidP="00005412">
+  <w:p w:rsidRPr="00FB4FAD" w:rsidR="002B2B1A" w:rsidP="00005412" w:rsidRDefault="000B300E" w14:paraId="31CEBCDF" w14:textId="34C70D0C">
     <w:pPr>
       <w:pStyle w:val="Heading2"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">    </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="571B3DF2" w14:textId="54297F81" w:rsidR="00881551" w:rsidRPr="00FB4FAD" w:rsidRDefault="00881551" w:rsidP="00881551">
+  <w:p w:rsidRPr="00FB4FAD" w:rsidR="00881551" w:rsidP="00881551" w:rsidRDefault="00881551" w14:paraId="571B3DF2" w14:textId="54297F81">
     <w:pPr>
       <w:pStyle w:val="Heading2"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="2B4F1CF4" w14:textId="4D455F95" w:rsidR="00881551" w:rsidRDefault="00881551">
+  <w:p w:rsidR="00881551" w:rsidRDefault="00881551" w14:paraId="2B4F1CF4" w14:textId="4D455F95">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6833CB5B" w14:textId="77777777" w:rsidR="00881551" w:rsidRDefault="00881551">
+  <w:p w:rsidR="00881551" w:rsidRDefault="00881551" w14:paraId="6833CB5B" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="20">
+    <w:nsid w:val="3697d8c4"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="19">
+    <w:nsid w:val="20e17e27"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="18">
+    <w:nsid w:val="2d1b99b4"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="17">
+    <w:nsid w:val="af03114"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="16">
+    <w:nsid w:val="381f22ab"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="15">
+    <w:nsid w:val="6d8fe1a3"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="14">
+    <w:nsid w:val="175267f2"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="13">
+    <w:nsid w:val="307740b0"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="12">
+    <w:nsid w:val="40052126"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="11">
+    <w:nsid w:val="78f0d8cc"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="10">
+    <w:nsid w:val="6e932ae7"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="9">
+    <w:nsid w:val="13c50d62"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="8">
+    <w:nsid w:val="507e306d"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="7">
+    <w:nsid w:val="223d1469"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="6">
+    <w:nsid w:val="361b6c0d"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="5">
+    <w:nsid w:val="3c0761dc"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="4">
+    <w:nsid w:val="7881fadc"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="3">
+    <w:nsid w:val="611ea9bb"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="2">
+    <w:nsid w:val="bbd586b"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15EA741C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD4A0998"/>
     <w:lvl w:ilvl="0" w:tplc="746E2910">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -4942,302 +14750,683 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
   <w:num w:numId="1" w16cid:durableId="1300846815">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1367562620">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="150"/>
   <w:embedSystemFonts/>
-  <w:hideSpellingErrors/>
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00196BC3"/>
     <w:rsid w:val="00005412"/>
     <w:rsid w:val="00006C85"/>
     <w:rsid w:val="000078FA"/>
     <w:rsid w:val="00030716"/>
     <w:rsid w:val="00032BEF"/>
+    <w:rsid w:val="00047C04"/>
     <w:rsid w:val="000521F3"/>
+    <w:rsid w:val="000863A8"/>
     <w:rsid w:val="00090ABE"/>
     <w:rsid w:val="00095119"/>
     <w:rsid w:val="00096BA8"/>
     <w:rsid w:val="00097DE6"/>
     <w:rsid w:val="000B300E"/>
     <w:rsid w:val="000D4D79"/>
     <w:rsid w:val="000D693A"/>
     <w:rsid w:val="000E034E"/>
     <w:rsid w:val="000F145D"/>
+    <w:rsid w:val="00117D90"/>
     <w:rsid w:val="001219FA"/>
     <w:rsid w:val="001227FA"/>
     <w:rsid w:val="00134EFC"/>
     <w:rsid w:val="00140CAF"/>
     <w:rsid w:val="00145047"/>
+    <w:rsid w:val="00155957"/>
+    <w:rsid w:val="0016265B"/>
     <w:rsid w:val="00171549"/>
+    <w:rsid w:val="001759D7"/>
+    <w:rsid w:val="00192CC9"/>
     <w:rsid w:val="00196BC3"/>
     <w:rsid w:val="001A22E8"/>
     <w:rsid w:val="001B75EA"/>
+    <w:rsid w:val="001C354F"/>
     <w:rsid w:val="001D0220"/>
     <w:rsid w:val="001F0D0C"/>
     <w:rsid w:val="001F3D8B"/>
+    <w:rsid w:val="002023BB"/>
     <w:rsid w:val="002059B7"/>
+    <w:rsid w:val="00210DAC"/>
     <w:rsid w:val="00220BC3"/>
     <w:rsid w:val="0022631C"/>
     <w:rsid w:val="00244C67"/>
+    <w:rsid w:val="00261ADB"/>
     <w:rsid w:val="00272D61"/>
+    <w:rsid w:val="00293CEA"/>
     <w:rsid w:val="002B2B1A"/>
     <w:rsid w:val="002B4EBB"/>
+    <w:rsid w:val="002C3003"/>
+    <w:rsid w:val="002E2559"/>
     <w:rsid w:val="002E766E"/>
     <w:rsid w:val="002F1406"/>
     <w:rsid w:val="00302C37"/>
     <w:rsid w:val="00311AA4"/>
+    <w:rsid w:val="00311DAD"/>
+    <w:rsid w:val="00330812"/>
+    <w:rsid w:val="00347659"/>
     <w:rsid w:val="003504BB"/>
+    <w:rsid w:val="0036509E"/>
+    <w:rsid w:val="003760DB"/>
     <w:rsid w:val="00383213"/>
     <w:rsid w:val="003920AF"/>
     <w:rsid w:val="003B401B"/>
+    <w:rsid w:val="003D071B"/>
+    <w:rsid w:val="00400383"/>
     <w:rsid w:val="00400797"/>
+    <w:rsid w:val="00403CB5"/>
     <w:rsid w:val="00426357"/>
     <w:rsid w:val="004309C9"/>
     <w:rsid w:val="004332F4"/>
     <w:rsid w:val="0044010A"/>
     <w:rsid w:val="00446C95"/>
     <w:rsid w:val="00472C75"/>
+    <w:rsid w:val="00480121"/>
     <w:rsid w:val="004947C2"/>
     <w:rsid w:val="004A1471"/>
     <w:rsid w:val="004D2545"/>
+    <w:rsid w:val="004E5060"/>
     <w:rsid w:val="005001FA"/>
     <w:rsid w:val="00506F19"/>
     <w:rsid w:val="005142F6"/>
     <w:rsid w:val="00534506"/>
+    <w:rsid w:val="00552608"/>
     <w:rsid w:val="0055709B"/>
     <w:rsid w:val="00562F3B"/>
+    <w:rsid w:val="005764DE"/>
+    <w:rsid w:val="00576BC3"/>
     <w:rsid w:val="0057708C"/>
     <w:rsid w:val="005B4A73"/>
+    <w:rsid w:val="005C233D"/>
+    <w:rsid w:val="005D1265"/>
     <w:rsid w:val="005D5886"/>
+    <w:rsid w:val="005F30DA"/>
+    <w:rsid w:val="00627865"/>
     <w:rsid w:val="00631FD2"/>
     <w:rsid w:val="00667547"/>
     <w:rsid w:val="00667B32"/>
+    <w:rsid w:val="006858B4"/>
     <w:rsid w:val="006A2389"/>
+    <w:rsid w:val="006D45AF"/>
     <w:rsid w:val="006D60A3"/>
     <w:rsid w:val="006D6D5C"/>
     <w:rsid w:val="0070189F"/>
+    <w:rsid w:val="00705AB2"/>
     <w:rsid w:val="00720B3B"/>
+    <w:rsid w:val="00722E07"/>
     <w:rsid w:val="00735959"/>
     <w:rsid w:val="00741EB9"/>
+    <w:rsid w:val="00744E9F"/>
+    <w:rsid w:val="00764741"/>
+    <w:rsid w:val="00783BB7"/>
     <w:rsid w:val="00785AFB"/>
     <w:rsid w:val="007924C0"/>
     <w:rsid w:val="007A1026"/>
+    <w:rsid w:val="007A3F20"/>
     <w:rsid w:val="007B52D7"/>
     <w:rsid w:val="007C79ED"/>
     <w:rsid w:val="007D05A0"/>
     <w:rsid w:val="007F69C1"/>
+    <w:rsid w:val="00807DA6"/>
     <w:rsid w:val="00811107"/>
+    <w:rsid w:val="0081368C"/>
+    <w:rsid w:val="0082264B"/>
     <w:rsid w:val="00824100"/>
+    <w:rsid w:val="0083379F"/>
     <w:rsid w:val="00835F8E"/>
+    <w:rsid w:val="00841F50"/>
     <w:rsid w:val="00853C1D"/>
+    <w:rsid w:val="00856857"/>
+    <w:rsid w:val="00871B93"/>
     <w:rsid w:val="0087350E"/>
     <w:rsid w:val="00881551"/>
+    <w:rsid w:val="00890D88"/>
     <w:rsid w:val="00890F4D"/>
     <w:rsid w:val="00893913"/>
     <w:rsid w:val="008A2250"/>
+    <w:rsid w:val="008B6649"/>
+    <w:rsid w:val="008B72F6"/>
     <w:rsid w:val="008C27B1"/>
+    <w:rsid w:val="008C4A03"/>
+    <w:rsid w:val="008C71C5"/>
     <w:rsid w:val="008E6BBD"/>
     <w:rsid w:val="008F25F6"/>
+    <w:rsid w:val="00926DF2"/>
     <w:rsid w:val="00940A5C"/>
+    <w:rsid w:val="00947CA1"/>
+    <w:rsid w:val="00962FA1"/>
+    <w:rsid w:val="009661F9"/>
     <w:rsid w:val="00997BA5"/>
     <w:rsid w:val="009A3308"/>
     <w:rsid w:val="009A47A6"/>
+    <w:rsid w:val="009C4D8E"/>
     <w:rsid w:val="009E0E0E"/>
     <w:rsid w:val="009F7786"/>
+    <w:rsid w:val="00A0671C"/>
     <w:rsid w:val="00A34D1B"/>
+    <w:rsid w:val="00A446DA"/>
     <w:rsid w:val="00A6094F"/>
+    <w:rsid w:val="00A643B7"/>
+    <w:rsid w:val="00A845F0"/>
     <w:rsid w:val="00A910EF"/>
     <w:rsid w:val="00A92CC3"/>
     <w:rsid w:val="00A9545B"/>
     <w:rsid w:val="00AA4939"/>
     <w:rsid w:val="00AC4E4C"/>
     <w:rsid w:val="00AE11F0"/>
+    <w:rsid w:val="00AE6160"/>
+    <w:rsid w:val="00AF5811"/>
     <w:rsid w:val="00B022CF"/>
+    <w:rsid w:val="00B24FAC"/>
     <w:rsid w:val="00B355A3"/>
     <w:rsid w:val="00B82B82"/>
     <w:rsid w:val="00B839CA"/>
     <w:rsid w:val="00BA65F4"/>
+    <w:rsid w:val="00BB1215"/>
+    <w:rsid w:val="00BD5268"/>
     <w:rsid w:val="00BE5B8D"/>
+    <w:rsid w:val="00BE70B6"/>
+    <w:rsid w:val="00BE71AD"/>
     <w:rsid w:val="00C07026"/>
+    <w:rsid w:val="00C16313"/>
+    <w:rsid w:val="00C25E65"/>
     <w:rsid w:val="00C26528"/>
     <w:rsid w:val="00C31F33"/>
     <w:rsid w:val="00C45D12"/>
     <w:rsid w:val="00C46651"/>
     <w:rsid w:val="00C6551A"/>
     <w:rsid w:val="00C6794B"/>
     <w:rsid w:val="00C752A2"/>
+    <w:rsid w:val="00C75607"/>
+    <w:rsid w:val="00C76108"/>
+    <w:rsid w:val="00C80875"/>
     <w:rsid w:val="00C94D85"/>
     <w:rsid w:val="00CA4948"/>
     <w:rsid w:val="00CA6C35"/>
     <w:rsid w:val="00CA7F4A"/>
+    <w:rsid w:val="00CB25F6"/>
+    <w:rsid w:val="00CB2D34"/>
+    <w:rsid w:val="00CD2254"/>
+    <w:rsid w:val="00CE143E"/>
     <w:rsid w:val="00CE41DA"/>
+    <w:rsid w:val="00CE504A"/>
     <w:rsid w:val="00CF00F7"/>
+    <w:rsid w:val="00D15A1F"/>
     <w:rsid w:val="00D277A5"/>
     <w:rsid w:val="00D27D9B"/>
     <w:rsid w:val="00D350E6"/>
     <w:rsid w:val="00D35954"/>
     <w:rsid w:val="00D40D82"/>
+    <w:rsid w:val="00D41CE4"/>
+    <w:rsid w:val="00D86CF1"/>
+    <w:rsid w:val="00D96C54"/>
     <w:rsid w:val="00DA1CBE"/>
+    <w:rsid w:val="00DA674B"/>
+    <w:rsid w:val="00DE0E03"/>
     <w:rsid w:val="00DF4307"/>
     <w:rsid w:val="00E021A1"/>
+    <w:rsid w:val="00E101AB"/>
     <w:rsid w:val="00E34A2E"/>
+    <w:rsid w:val="00E457E3"/>
     <w:rsid w:val="00E50554"/>
     <w:rsid w:val="00E90597"/>
+    <w:rsid w:val="00E94401"/>
     <w:rsid w:val="00EA0F38"/>
     <w:rsid w:val="00ED41C1"/>
+    <w:rsid w:val="00EE2E95"/>
+    <w:rsid w:val="00EF11DB"/>
     <w:rsid w:val="00EF73A3"/>
+    <w:rsid w:val="00F049F5"/>
+    <w:rsid w:val="00F128A3"/>
     <w:rsid w:val="00F35DA2"/>
+    <w:rsid w:val="00F36E11"/>
     <w:rsid w:val="00F453C9"/>
     <w:rsid w:val="00F51DCC"/>
+    <w:rsid w:val="00F70E19"/>
+    <w:rsid w:val="00F7100C"/>
     <w:rsid w:val="00F73508"/>
+    <w:rsid w:val="00F811DE"/>
     <w:rsid w:val="00FA2555"/>
     <w:rsid w:val="00FB1408"/>
     <w:rsid w:val="00FB57BF"/>
     <w:rsid w:val="00FC5100"/>
+    <w:rsid w:val="00FC6DC9"/>
     <w:rsid w:val="00FD1D41"/>
+    <w:rsid w:val="00FE0595"/>
     <w:rsid w:val="00FF0906"/>
+    <w:rsid w:val="011FF2E5"/>
+    <w:rsid w:val="03503D1F"/>
+    <w:rsid w:val="04353B75"/>
+    <w:rsid w:val="05F9FFEB"/>
+    <w:rsid w:val="061C9056"/>
+    <w:rsid w:val="06C82D55"/>
+    <w:rsid w:val="07385556"/>
+    <w:rsid w:val="08255AD9"/>
+    <w:rsid w:val="08F10E37"/>
     <w:rsid w:val="08F750E6"/>
+    <w:rsid w:val="08FC654A"/>
+    <w:rsid w:val="0977D3F2"/>
+    <w:rsid w:val="098A1DDD"/>
+    <w:rsid w:val="09C4BA2D"/>
+    <w:rsid w:val="09CDA4A8"/>
     <w:rsid w:val="09E4783E"/>
+    <w:rsid w:val="0A353785"/>
+    <w:rsid w:val="0ACF4632"/>
+    <w:rsid w:val="0AEB5515"/>
+    <w:rsid w:val="0CD0F303"/>
+    <w:rsid w:val="0D17889B"/>
+    <w:rsid w:val="0D22A0B5"/>
+    <w:rsid w:val="0D8F7E87"/>
+    <w:rsid w:val="0DF99468"/>
+    <w:rsid w:val="0EDD6D95"/>
+    <w:rsid w:val="0F32AFBF"/>
+    <w:rsid w:val="0F445EE9"/>
+    <w:rsid w:val="0F6836DF"/>
+    <w:rsid w:val="0FB7DAD6"/>
+    <w:rsid w:val="0FC836C1"/>
+    <w:rsid w:val="0FD18B14"/>
+    <w:rsid w:val="0FDED099"/>
+    <w:rsid w:val="10CCC277"/>
+    <w:rsid w:val="11271567"/>
+    <w:rsid w:val="1168BBE9"/>
+    <w:rsid w:val="12062EF8"/>
+    <w:rsid w:val="12990551"/>
+    <w:rsid w:val="1388AB5D"/>
+    <w:rsid w:val="13C7CC71"/>
+    <w:rsid w:val="148FAB5B"/>
+    <w:rsid w:val="14B2A80E"/>
+    <w:rsid w:val="14D9EE75"/>
+    <w:rsid w:val="15974D65"/>
+    <w:rsid w:val="166ED2DA"/>
     <w:rsid w:val="16C4968D"/>
+    <w:rsid w:val="17B56529"/>
+    <w:rsid w:val="17DAA44D"/>
+    <w:rsid w:val="180EE669"/>
+    <w:rsid w:val="19CBEAE9"/>
+    <w:rsid w:val="19F9475C"/>
+    <w:rsid w:val="1AADE576"/>
+    <w:rsid w:val="1AE7483E"/>
+    <w:rsid w:val="1B8C89C3"/>
+    <w:rsid w:val="1C15F741"/>
     <w:rsid w:val="1C4FEB10"/>
+    <w:rsid w:val="1C586369"/>
+    <w:rsid w:val="1D42EE11"/>
+    <w:rsid w:val="1D69D95C"/>
+    <w:rsid w:val="1D8FCA14"/>
+    <w:rsid w:val="1DDBF517"/>
+    <w:rsid w:val="1E349FFB"/>
+    <w:rsid w:val="1EEC7D32"/>
+    <w:rsid w:val="1FAB357E"/>
+    <w:rsid w:val="20416976"/>
+    <w:rsid w:val="207B3319"/>
+    <w:rsid w:val="2154B903"/>
+    <w:rsid w:val="215E2226"/>
+    <w:rsid w:val="216C2153"/>
+    <w:rsid w:val="219C526A"/>
+    <w:rsid w:val="220FDB13"/>
+    <w:rsid w:val="2344897B"/>
+    <w:rsid w:val="243D8E92"/>
+    <w:rsid w:val="24741F8A"/>
+    <w:rsid w:val="24A02A61"/>
+    <w:rsid w:val="24D1C1CB"/>
+    <w:rsid w:val="266A877F"/>
+    <w:rsid w:val="26A56D88"/>
+    <w:rsid w:val="26C2F3D1"/>
     <w:rsid w:val="26CA1CAE"/>
+    <w:rsid w:val="2768BB73"/>
+    <w:rsid w:val="2769948F"/>
+    <w:rsid w:val="27D25161"/>
+    <w:rsid w:val="290D46C7"/>
+    <w:rsid w:val="29B56EB9"/>
+    <w:rsid w:val="2A1A4089"/>
+    <w:rsid w:val="2A57D5F6"/>
+    <w:rsid w:val="2AD3AA09"/>
+    <w:rsid w:val="2C084268"/>
+    <w:rsid w:val="2C17ECF8"/>
+    <w:rsid w:val="2D75A2F8"/>
+    <w:rsid w:val="2DE1F298"/>
+    <w:rsid w:val="2E8E9424"/>
+    <w:rsid w:val="2EA580F4"/>
+    <w:rsid w:val="2F046696"/>
+    <w:rsid w:val="2F6925AB"/>
+    <w:rsid w:val="2FC6688B"/>
+    <w:rsid w:val="2FFA27A8"/>
+    <w:rsid w:val="315493BB"/>
+    <w:rsid w:val="3194F994"/>
+    <w:rsid w:val="31FC2106"/>
+    <w:rsid w:val="33678E84"/>
+    <w:rsid w:val="336E1EDF"/>
+    <w:rsid w:val="33750E74"/>
+    <w:rsid w:val="348AE6B4"/>
+    <w:rsid w:val="352FE6D1"/>
+    <w:rsid w:val="35D2D952"/>
+    <w:rsid w:val="370C54AB"/>
+    <w:rsid w:val="371FD853"/>
     <w:rsid w:val="3766C7CD"/>
+    <w:rsid w:val="383056AC"/>
+    <w:rsid w:val="38664FCD"/>
+    <w:rsid w:val="387FF5AC"/>
+    <w:rsid w:val="3898B1CF"/>
+    <w:rsid w:val="398771F8"/>
+    <w:rsid w:val="3A81C849"/>
+    <w:rsid w:val="3B030661"/>
+    <w:rsid w:val="3B7F0BE9"/>
+    <w:rsid w:val="3C6B0E4F"/>
+    <w:rsid w:val="3CAC18B4"/>
+    <w:rsid w:val="3D4BDB4F"/>
+    <w:rsid w:val="3D4BDB4F"/>
+    <w:rsid w:val="3D936EEA"/>
+    <w:rsid w:val="3DB11ED0"/>
+    <w:rsid w:val="3E11B7EF"/>
+    <w:rsid w:val="3EA662B3"/>
+    <w:rsid w:val="3F0D20BA"/>
+    <w:rsid w:val="3F127DCC"/>
+    <w:rsid w:val="3F919CC6"/>
+    <w:rsid w:val="428A0529"/>
+    <w:rsid w:val="42D33311"/>
+    <w:rsid w:val="44091E9A"/>
+    <w:rsid w:val="44915F08"/>
+    <w:rsid w:val="44DC1593"/>
+    <w:rsid w:val="450C4ED9"/>
+    <w:rsid w:val="45625EA7"/>
     <w:rsid w:val="4671C051"/>
+    <w:rsid w:val="46F92768"/>
+    <w:rsid w:val="471C6986"/>
+    <w:rsid w:val="47DCB691"/>
+    <w:rsid w:val="48F6A7F5"/>
+    <w:rsid w:val="4922AECB"/>
+    <w:rsid w:val="49233E62"/>
     <w:rsid w:val="4989210E"/>
+    <w:rsid w:val="4AA281D3"/>
+    <w:rsid w:val="4ADEB012"/>
+    <w:rsid w:val="4B404992"/>
+    <w:rsid w:val="4C42485E"/>
+    <w:rsid w:val="4C60EFD7"/>
+    <w:rsid w:val="4D02F84B"/>
+    <w:rsid w:val="4DE363A7"/>
     <w:rsid w:val="4E98D083"/>
+    <w:rsid w:val="4EC4F0D2"/>
+    <w:rsid w:val="4F09FA50"/>
+    <w:rsid w:val="4F1BFB96"/>
+    <w:rsid w:val="501FEFE5"/>
+    <w:rsid w:val="504204B6"/>
+    <w:rsid w:val="5076E21B"/>
+    <w:rsid w:val="514AAD65"/>
+    <w:rsid w:val="51A0CF2B"/>
+    <w:rsid w:val="51AF4181"/>
+    <w:rsid w:val="5215553F"/>
+    <w:rsid w:val="523BA553"/>
+    <w:rsid w:val="5309C957"/>
+    <w:rsid w:val="53F80C64"/>
+    <w:rsid w:val="5405BD24"/>
+    <w:rsid w:val="5481EC89"/>
+    <w:rsid w:val="55D10B3B"/>
+    <w:rsid w:val="5639B973"/>
+    <w:rsid w:val="568FC6A7"/>
+    <w:rsid w:val="5766BE5A"/>
+    <w:rsid w:val="57A73A57"/>
+    <w:rsid w:val="57C65C0E"/>
+    <w:rsid w:val="57D944FE"/>
+    <w:rsid w:val="58486B0A"/>
+    <w:rsid w:val="585F779A"/>
+    <w:rsid w:val="588ACC1F"/>
+    <w:rsid w:val="590140B5"/>
+    <w:rsid w:val="593E5CF8"/>
+    <w:rsid w:val="5B3B4DCB"/>
+    <w:rsid w:val="5B70183B"/>
+    <w:rsid w:val="5C4CB7BB"/>
+    <w:rsid w:val="5C8E0EA8"/>
+    <w:rsid w:val="5E282E38"/>
+    <w:rsid w:val="624DFCF8"/>
+    <w:rsid w:val="634CEBEF"/>
+    <w:rsid w:val="63609208"/>
+    <w:rsid w:val="638070EF"/>
+    <w:rsid w:val="64881594"/>
+    <w:rsid w:val="64B00174"/>
+    <w:rsid w:val="64B55E90"/>
+    <w:rsid w:val="64F48EDF"/>
+    <w:rsid w:val="64FC8C95"/>
+    <w:rsid w:val="653E8140"/>
+    <w:rsid w:val="654C1673"/>
+    <w:rsid w:val="65A73461"/>
+    <w:rsid w:val="65A992A3"/>
     <w:rsid w:val="65D18472"/>
+    <w:rsid w:val="66EF90AD"/>
+    <w:rsid w:val="6793D6DF"/>
+    <w:rsid w:val="67C8B30B"/>
+    <w:rsid w:val="693774E7"/>
+    <w:rsid w:val="6950B672"/>
+    <w:rsid w:val="6B272229"/>
+    <w:rsid w:val="6B422AB4"/>
+    <w:rsid w:val="6B6FA157"/>
+    <w:rsid w:val="6B74B61E"/>
     <w:rsid w:val="6DA53A80"/>
+    <w:rsid w:val="6DCDFBE2"/>
     <w:rsid w:val="6E45DA50"/>
+    <w:rsid w:val="6E854D79"/>
+    <w:rsid w:val="6FAA3839"/>
+    <w:rsid w:val="7097F7C9"/>
+    <w:rsid w:val="70A662D5"/>
+    <w:rsid w:val="70F24A2B"/>
+    <w:rsid w:val="70F490B2"/>
+    <w:rsid w:val="72133C32"/>
+    <w:rsid w:val="7255DAA1"/>
+    <w:rsid w:val="72B1F9C9"/>
+    <w:rsid w:val="72BCA11B"/>
+    <w:rsid w:val="733ACFD3"/>
+    <w:rsid w:val="7359DCC6"/>
+    <w:rsid w:val="7411F5B4"/>
+    <w:rsid w:val="75A7F5E5"/>
+    <w:rsid w:val="75CBA84D"/>
+    <w:rsid w:val="7629E9CE"/>
+    <w:rsid w:val="76457FE5"/>
+    <w:rsid w:val="7698E382"/>
+    <w:rsid w:val="77D5BC90"/>
+    <w:rsid w:val="77EDB8F4"/>
+    <w:rsid w:val="799CC889"/>
     <w:rsid w:val="7A263FAF"/>
+    <w:rsid w:val="7AE0D977"/>
+    <w:rsid w:val="7BF4471D"/>
+    <w:rsid w:val="7C001C9E"/>
+    <w:rsid w:val="7C660F31"/>
+    <w:rsid w:val="7C6E37F8"/>
+    <w:rsid w:val="7EB47EE0"/>
+    <w:rsid w:val="7ECD25E4"/>
+    <w:rsid w:val="7F92ECAF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4053E47C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F476B154-8E30-4D83-835B-7C1D764D20E0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5251,73 +15440,73 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -5360,52 +15549,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -5466,315 +15655,326 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C05AC7"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00881551"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:ind w:left="960"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00145047"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:rsid w:val="008F25F6"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:rsid w:val="008F25F6"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:rsid w:val="008F25F6"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="008F25F6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="008F25F6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00735959"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00FD1D41"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003920AF"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="00090ABE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="6480"/>
         <w:tab w:val="left" w:pos="7200"/>
         <w:tab w:val="left" w:pos="7920"/>
         <w:tab w:val="left" w:pos="8640"/>
         <w:tab w:val="left" w:pos="9360"/>
         <w:tab w:val="left" w:pos="10080"/>
         <w:tab w:val="left" w:pos="10800"/>
       </w:tabs>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+  <w:style w:type="character" w:styleId="BodyTextChar" w:customStyle="1">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="00090ABE"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00AA4939"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00881551"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00881551"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:rsid w:val="00881551"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="00881551"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00881551"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0083379F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/compliance/policies/background-check-policy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/compliance/policies/background-check-policy" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/compliance/policies/background-check-policy" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5002" TargetMode="External" Id="R71d9aa4e703a4e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5060" TargetMode="External" Id="R4a04051f036d428d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External" Id="R00f3fe69e8dd4661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1014" TargetMode="External" Id="Rcdca2f894c714466" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="R01d74f529ba94c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="R5d1079cdf3474473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/2027" TargetMode="External" Id="R87400635f8d040cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds-faculty-relations" TargetMode="External" Id="Rcbbea4e3eb7849ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External" Id="R199e9305d77d4440" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External" Id="R70ed4a9a46614f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/institutionalequity/training-and-education" TargetMode="External" Id="R5e786815f94e453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/bfa/media/861" TargetMode="External" Id="R996aab82cbe04e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universityofcolorado.percipio.com/linked-contents/895d5941-845c-4730-9573-83b534a2602b/landing" TargetMode="External" Id="R886d138cd5a043a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="Re37ebeb0f4b24330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External" Id="Rea04633f999e4577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/ori" TargetMode="External" Id="Rce55665fdebc4b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:exportcontrolshelp@colorado.edu" TargetMode="External" Id="Rb4b07db8e8ef43e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/coi" TargetMode="External" Id="R89a760e3a15e4932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services" TargetMode="External" Id="R9000bb485ef84fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services/benefits-wellness" TargetMode="External" Id="Reb08c4ce24c1434a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/docs/additional-pay-form" TargetMode="External" Id="R04af46006a9a492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/docs/benefit-eligibility-matrix" TargetMode="External" Id="R2fc8fd11f55d48e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5002" TargetMode="External" Id="R29c0c769e13043d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5060" TargetMode="External" Id="Rb2603a1793894940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External" Id="Re7eed27553664842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1014" TargetMode="External" Id="Re3ac25b4272f49b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="R57d643b11ac6460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="R8b74be5eefd34a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/2027" TargetMode="External" Id="Ra056c17423904ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds-faculty-relations" TargetMode="External" Id="Rb54b39b39baf49a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds-faculty-relations" TargetMode="External" Id="R2fde7e9b086c4a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Funiversityofcolorado.percipio.com%2F&amp;data=05%7C02%7Ccuoffer%40colorado.edu%7Cf42a6f6b2e514190eeb408dcfdc5c482%7C3ded8b1b070d462982e4c0b019f46057%7C1%7C0%7C638664273052011926%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=78Fc0TIzXGnpbWy3ha5V7rycD%2FsjuKNEvKjZxfPweR8%3D&amp;reserved=0" TargetMode="External" Id="R5a4fc429313f42b6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
@@ -6024,59 +16224,400 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="47997a34-eb9a-4eaa-a761-1788e724c96a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010039E060FC2A31B442A6906E10C7ECD1EB" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fd5a72256ad21731f35891792ed31a3b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="47997a34-eb9a-4eaa-a761-1788e724c96a" xmlns:ns3="87a02735-565f-44ef-8fff-c62e8983cbfe" xmlns:ns4="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3f56f920a5c30958b9a9f275aea1b029" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+    <xsd:import namespace="87a02735-565f-44ef-8fff-c62e8983cbfe"/>
+    <xsd:import namespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="47997a34-eb9a-4eaa-a761-1788e724c96a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="14" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="52802cc5-2881-4dd7-9d75-38905e9cf7fb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="87a02735-565f-44ef-8fff-c62e8983cbfe" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{40d1bab6-1ad4-4fc6-99b1-72e259f7d025}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="87a02735-565f-44ef-8fff-c62e8983cbfe">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93FAD98F-1132-4DD0-B1AF-C282DEEA1CAD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <ds:schemaRef ds:uri="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9519189-A3F0-411E-9BC2-347D8ECB3E07}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17DBB47A-D50D-4550-A117-080414F8CDCC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+    <ds:schemaRef ds:uri="87a02735-565f-44ef-8fff-c62e8983cbfe"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>University of Colorado at Boulder</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ASSOCIATE CHAIR TEMPLATE</dc:title>
   <dc:subject/>
   <dc:creator>Neal Meier</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010039E060FC2A31B442A6906E10C7ECD1EB</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>