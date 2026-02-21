--- v0 (2025-10-12)
+++ v1 (2026-02-21)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27531"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\blaisdee\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Sponsored Research\Effort &amp; Cost Management\PETs\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7F031B65-1BB0-4B9F-9393-7001A5D49149}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7521EE3F-06B8-442A-A12B-35B246DE7F57}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-30840" yWindow="-3060" windowWidth="30960" windowHeight="16800" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="30960" windowHeight="16800" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="PET calculator" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B9" i="4" l="1"/>
   <c r="B13" i="4"/>
   <c r="D13" i="4" s="1"/>
   <c r="B12" i="4"/>
@@ -171,51 +171,51 @@
     <t>Regular Faculty</t>
   </si>
   <si>
     <t>Prof Exempt &amp; Research Faculty FT/Classified permanent</t>
   </si>
   <si>
     <t>Prof Exempt &amp; Research Faculty PT/Classified temporary</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Step 3. </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">The amount of salary to use on the PET appears in the "Salary to Use on PET" column below. Select the row that corresponds to the employee type you are processing. </t>
     </r>
   </si>
   <si>
     <t>Rates: https://www.colorado.edu/controller/accounting/fa-and-gair-rates</t>
   </si>
   <si>
-    <t>FY25 Benefit Rate</t>
+    <t>FY26 Benefit Rate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -698,51 +698,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C14" sqref="C14"/>
+      <selection activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="48.7109375" customWidth="1"/>
     <col min="7" max="7" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A1" s="21" t="s">
         <v>6</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="21"/>
     </row>
     <row r="2" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="22" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="22"/>
       <c r="C2" s="22"/>
       <c r="D2" s="22"/>
@@ -806,148 +806,148 @@
       <c r="B8" s="16" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="20" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="10" t="s">
         <v>4</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>2</v>
       </c>
       <c r="F8" s="10" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="19">
         <f>B5/(1+C9+B4+(C9*B4))</f>
         <v>0</v>
       </c>
       <c r="C9" s="15">
-        <v>0.31</v>
+        <v>0.33100000000000002</v>
       </c>
       <c r="D9" s="11">
         <f>C9*B9</f>
         <v>0</v>
       </c>
       <c r="E9" s="11">
         <f>(B4*B9)+(B4*D9)</f>
         <v>0</v>
       </c>
       <c r="F9" s="11">
         <f>SUM(B9,D9,E9)</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="19">
         <f>B5/(1+C10+B4+(C10*B4))</f>
         <v>0</v>
       </c>
       <c r="C10" s="15">
-        <v>0.4</v>
+        <v>0.40799999999999997</v>
       </c>
       <c r="D10" s="11">
         <f>C10*B10</f>
         <v>0</v>
       </c>
       <c r="E10" s="11">
         <f>(B4*B10)+(B4*D10)</f>
         <v>0</v>
       </c>
       <c r="F10" s="11">
         <f>SUM(B10,D10,E10)</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="19">
         <f>B5/(1+C11+B4+(C11*B4))</f>
         <v>0</v>
       </c>
       <c r="C11" s="15">
-        <v>0.14599999999999999</v>
+        <v>0.14199999999999999</v>
       </c>
       <c r="D11" s="11">
         <f>C11*B11</f>
         <v>0</v>
       </c>
       <c r="E11" s="11">
         <f>(B4*B11)+(B4*D11)</f>
         <v>0</v>
       </c>
       <c r="F11" s="11">
         <f>SUM(B11,D11,E11)</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="19">
         <f>B5/(1+C12+B4+(C12*B4))</f>
         <v>0</v>
       </c>
       <c r="C12" s="15">
-        <v>0.114</v>
+        <v>0.122</v>
       </c>
       <c r="D12" s="11">
         <f>C12*B12</f>
         <v>0</v>
       </c>
       <c r="E12" s="11">
         <f>(B4*B12)+(B4*D12)</f>
         <v>0</v>
       </c>
       <c r="F12" s="11">
         <f>SUM(B12,D12,E12)</f>
         <v>0</v>
       </c>
       <c r="G12" s="1"/>
     </row>
     <row r="13" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B13" s="19">
         <f>B5/(1+C13+B4+(C13*B4))</f>
         <v>0</v>
       </c>
       <c r="C13" s="15">
-        <v>1.7999999999999999E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="D13" s="11">
         <f>C13*B13</f>
         <v>0</v>
       </c>
       <c r="E13" s="11">
         <f>(B4*B13)+(B4*D13)</f>
         <v>0</v>
       </c>
       <c r="F13" s="11">
         <f>SUM(B13,D13,E13)</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A14" s="3"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A15" s="4" t="s">
         <v>16</v>