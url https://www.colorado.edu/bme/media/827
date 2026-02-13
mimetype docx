--- v0 (2025-11-15)
+++ v1 (2026-02-13)
@@ -526,113 +526,113 @@
                                   <w:w w:val="90"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Engineering</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="12"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:w w:val="90"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Program</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="3904158C" w14:textId="50CF1FCC" w:rsidR="00B34F98" w:rsidRDefault="00236B4C">
+                            <w:p w14:paraId="3904158C" w14:textId="1B5BEA01" w:rsidR="00B34F98" w:rsidRDefault="00236B4C">
                               <w:pPr>
                                 <w:spacing w:before="62"/>
                                 <w:ind w:left="2795" w:right="3068"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-6"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t>AY</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-8"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-6"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t>202</w:t>
                               </w:r>
-                              <w:r w:rsidR="00ED5ECE">
+                              <w:r w:rsidR="003B0D52">
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-6"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
-                                <w:t>5</w:t>
+                                <w:t>6</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-6"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
-                                <w:t>-202</w:t>
+                                <w:t>-</w:t>
                               </w:r>
-                              <w:r w:rsidR="00ED5ECE">
+                              <w:r w:rsidR="003B0D52">
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-6"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
-                                <w:t>6</w:t>
+                                <w:t>2027</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-7"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-6"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t>Senior</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-7"/>
                                   <w:sz w:val="24"/>
@@ -811,113 +811,113 @@
                             <w:w w:val="90"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Engineering</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="12"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:w w:val="90"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Program</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="3904158C" w14:textId="50CF1FCC" w:rsidR="00B34F98" w:rsidRDefault="00236B4C">
+                      <w:p w14:paraId="3904158C" w14:textId="1B5BEA01" w:rsidR="00B34F98" w:rsidRDefault="00236B4C">
                         <w:pPr>
                           <w:spacing w:before="62"/>
                           <w:ind w:left="2795" w:right="3068"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-6"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t>AY</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-8"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-6"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t>202</w:t>
                         </w:r>
-                        <w:r w:rsidR="00ED5ECE">
+                        <w:r w:rsidR="003B0D52">
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-6"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
-                          <w:t>5</w:t>
+                          <w:t>6</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-6"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
-                          <w:t>-202</w:t>
+                          <w:t>-</w:t>
                         </w:r>
-                        <w:r w:rsidR="00ED5ECE">
+                        <w:r w:rsidR="003B0D52">
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-6"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
-                          <w:t>6</w:t>
+                          <w:t>2027</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-7"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-6"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t>Senior</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-7"/>
                             <w:sz w:val="24"/>
@@ -2788,157 +2788,148 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55A428BE" w14:textId="77777777" w:rsidR="00F10A39" w:rsidRPr="003E3D09" w:rsidRDefault="00F10A39" w:rsidP="00F10A39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="460"/>
           <w:tab w:val="left" w:pos="461"/>
         </w:tabs>
         <w:spacing w:before="125"/>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3D09">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Questions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15BBF038" w14:textId="66E54A51" w:rsidR="00F10A39" w:rsidRPr="003E3D09" w:rsidRDefault="00F10A39" w:rsidP="00F10A39">
+    <w:p w14:paraId="15BBF038" w14:textId="1156B5CA" w:rsidR="00F10A39" w:rsidRPr="003E3D09" w:rsidRDefault="00F10A39" w:rsidP="00F10A39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="460"/>
           <w:tab w:val="left" w:pos="461"/>
         </w:tabs>
         <w:spacing w:before="125"/>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3D09">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please contact </w:t>
       </w:r>
-      <w:r w:rsidR="00A659CB">
+      <w:r w:rsidR="003B0D52">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Lisa Romero de Mendoza</w:t>
+        <w:t>James Long</w:t>
       </w:r>
       <w:r w:rsidRPr="003E3D09">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>with project questions at</w:t>
       </w:r>
       <w:r w:rsidR="00ED5ECE">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00ED5ECE" w:rsidRPr="00413275">
+        <w:r w:rsidR="003B0D52" w:rsidRPr="00EE3D0D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Lisa.</w:t>
-[...8 lines deleted...]
-          <w:t>Romero@colorado.edu</w:t>
+          <w:t>James.Long-1@colorado.edu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2625A205" w14:textId="77777777" w:rsidR="00F10A39" w:rsidRDefault="00F10A39" w:rsidP="00F10A39">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:right="1213"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73868A5F" w14:textId="77777777" w:rsidR="003E3D09" w:rsidRPr="003E3D09" w:rsidRDefault="003E3D09" w:rsidP="002218ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="460"/>
           <w:tab w:val="left" w:pos="461"/>
         </w:tabs>
         <w:spacing w:before="125"/>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3D09">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Project Proposal Submission</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B77629D" w14:textId="7C198834" w:rsidR="003E3D09" w:rsidRPr="003E3D09" w:rsidRDefault="003E3D09" w:rsidP="002218ED">
+    <w:p w14:paraId="0B77629D" w14:textId="3B8F7178" w:rsidR="003E3D09" w:rsidRPr="003E3D09" w:rsidRDefault="003E3D09" w:rsidP="002218ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="460"/>
           <w:tab w:val="left" w:pos="461"/>
         </w:tabs>
         <w:spacing w:before="125"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3D09">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
@@ -2962,218 +2953,195 @@
       <w:r w:rsidR="00764630">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="003E3D09">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidR="00A659CB">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00A659CB" w:rsidRPr="00413275">
+        <w:r w:rsidR="003B0D52" w:rsidRPr="00EE3D0D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Lisa.Romero@</w:t>
-[...8 lines deleted...]
-          <w:t>colorado.edu</w:t>
+          <w:t>James.Long-1@colorado.edu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6AA5BE68" w14:textId="2E0DB441" w:rsidR="003E3D09" w:rsidRDefault="003E3D09" w:rsidP="41D5653B">
+    <w:p w14:paraId="6AA5BE68" w14:textId="02D4528A" w:rsidR="003E3D09" w:rsidRDefault="003E3D09" w:rsidP="41D5653B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="460"/>
           <w:tab w:val="left" w:pos="461"/>
         </w:tabs>
         <w:spacing w:before="125" w:line="242" w:lineRule="auto"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="41D5653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The 202</w:t>
       </w:r>
+      <w:r w:rsidR="003B0D52">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6-27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="41D5653B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AY submission deadline </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5ECE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is June</w:t>
+      </w:r>
       <w:r w:rsidR="00236B4C" w:rsidRPr="41D5653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5ECE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="41D5653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00236B4C" w:rsidRPr="41D5653B">
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="003B0D52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...41 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003E3D09" w:rsidSect="002218ED">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="360" w:bottom="806" w:left="706" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75CC5261"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="152C8EA6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -3257,80 +3225,82 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6570" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="331489208">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="180"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B34F98"/>
     <w:rsid w:val="00103C0F"/>
     <w:rsid w:val="00150369"/>
     <w:rsid w:val="002218ED"/>
     <w:rsid w:val="00236B4C"/>
     <w:rsid w:val="002D4312"/>
     <w:rsid w:val="003A34AD"/>
+    <w:rsid w:val="003B0D52"/>
     <w:rsid w:val="003E3D09"/>
     <w:rsid w:val="00413275"/>
     <w:rsid w:val="00457B68"/>
     <w:rsid w:val="00511392"/>
     <w:rsid w:val="00604EC5"/>
     <w:rsid w:val="00611F05"/>
     <w:rsid w:val="00764630"/>
+    <w:rsid w:val="00944303"/>
     <w:rsid w:val="00954D61"/>
     <w:rsid w:val="00955815"/>
     <w:rsid w:val="00991550"/>
     <w:rsid w:val="00A659CB"/>
     <w:rsid w:val="00AA64F2"/>
     <w:rsid w:val="00AE2C79"/>
     <w:rsid w:val="00B34F98"/>
     <w:rsid w:val="00B744B1"/>
     <w:rsid w:val="00B804FE"/>
     <w:rsid w:val="00C94C5B"/>
     <w:rsid w:val="00EB5660"/>
     <w:rsid w:val="00ED5ECE"/>
     <w:rsid w:val="00EE301D"/>
     <w:rsid w:val="00F10A39"/>
     <w:rsid w:val="00FB3959"/>
     <w:rsid w:val="41D5653B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -3833,51 +3803,51 @@
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003A34AD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lisa.Romero@colorado.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lisa.Romero@colorado.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:James.Long-1@colorado.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:James.Long-1@colorado.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4132,70 +4102,50 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010092D800DCEF60CF45B069C67D6B0596E7" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ae55ca373ea7956cdaa313a9fbb30c01">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3ce97a5-8a58-4e8a-9bf6-59e6483bf3b1" xmlns:ns3="7c6cf5e3-080d-430c-9f25-a3f7ed30a72f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="340ebe376ea09a190c3821ac6b5f7066" ns2:_="" ns3:_="">
     <xsd:import namespace="d3ce97a5-8a58-4e8a-9bf6-59e6483bf3b1"/>
     <xsd:import namespace="7c6cf5e3-080d-430c-9f25-a3f7ed30a72f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -4386,109 +4336,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3ce97a5-8a58-4e8a-9bf6-59e6483bf3b1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="7c6cf5e3-080d-430c-9f25-a3f7ed30a72f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A91531BE-EFA3-41DD-8F7B-78C034BEDAE5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d3ce97a5-8a58-4e8a-9bf6-59e6483bf3b1"/>
     <ds:schemaRef ds:uri="7c6cf5e3-080d-430c-9f25-a3f7ed30a72f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B8D85A8-C81B-4B29-8C65-CFE04CE9021B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6AB45E5-4C14-4711-9CEC-BF41BADFBE12}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="d3ce97a5-8a58-4e8a-9bf6-59e6483bf3b1"/>
+    <ds:schemaRef ds:uri="7c6cf5e3-080d-430c-9f25-a3f7ed30a72f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>362</Words>
-  <Characters>2069</Characters>
+  <Characters>2059</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2427</CharactersWithSpaces>
+  <CharactersWithSpaces>2388</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>CU Boulder BME Senior Design Project Description Template AY 2023-24[4]</dc:title>
   <dc:creator>Lisa Romero De Mendoza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-04-18T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Word</vt:lpwstr>
   </property>