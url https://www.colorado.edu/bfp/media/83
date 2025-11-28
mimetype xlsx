--- v0 (2025-10-15)
+++ v1 (2025-11-28)
@@ -1,548 +1,116 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27830"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7D8AB258-7EA5-4046-BD5A-12170F85AE6B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{62694647-FF09-434A-BF74-E3413361CC33}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-6015" windowWidth="29040" windowHeight="15840" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-6015" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Visual chart" sheetId="3" r:id="rId1"/>
     <sheet name="Revenue table" sheetId="1" r:id="rId2"/>
     <sheet name="CF Summary" sheetId="2" state="hidden" r:id="rId3"/>
-    <sheet name="FY23 Table A" sheetId="5" state="hidden" r:id="rId4"/>
-    <sheet name="FY22 Table A" sheetId="4" state="hidden" r:id="rId5"/>
   </sheets>
-  <externalReferences>
-[...1 lines deleted...]
-  </externalReferences>
+  <definedNames>
+    <definedName name="OK">#REF!</definedName>
+    <definedName name="QRY_FTETOTAL">#REF!</definedName>
+    <definedName name="what">#REF!</definedName>
+  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="U33" i="2" l="1"/>
-[...10 lines deleted...]
-  <c r="T12" i="2"/>
+  <c r="V17" i="2" l="1"/>
+  <c r="V18" i="2"/>
+  <c r="V19" i="2"/>
+  <c r="V20" i="2"/>
+  <c r="V16" i="2"/>
+  <c r="V4" i="2"/>
+  <c r="V5" i="2"/>
+  <c r="V6" i="2"/>
+  <c r="V7" i="2"/>
+  <c r="V3" i="2"/>
+  <c r="T24" i="2"/>
+  <c r="U12" i="2" l="1"/>
+  <c r="T12" i="2" l="1"/>
   <c r="S24" i="2"/>
-  <c r="R32" i="2" l="1"/>
-[...4 lines deleted...]
-  <c r="S7" i="2"/>
+  <c r="S7" i="2" l="1"/>
   <c r="S5" i="2"/>
   <c r="S12" i="2" l="1"/>
-  <c r="R7" i="2"/>
-[...423 lines deleted...]
-  <c r="U34" i="2"/>
   <c r="O20" i="2" l="1"/>
   <c r="D120" i="2" l="1"/>
   <c r="C120" i="2"/>
   <c r="B120" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="42">
   <si>
     <t>Percent distribution by category</t>
   </si>
   <si>
     <t>FY07</t>
   </si>
   <si>
     <t>FY08</t>
   </si>
   <si>
     <t>FY09</t>
   </si>
   <si>
     <t>FY10</t>
   </si>
   <si>
     <t>FY11</t>
   </si>
   <si>
     <t>FY12</t>
   </si>
   <si>
     <t>Fee for Service</t>
   </si>
   <si>
@@ -566,409 +134,160 @@
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>FY13</t>
   </si>
   <si>
     <t>FY14</t>
   </si>
   <si>
     <t>FY15</t>
   </si>
   <si>
     <t>FY16</t>
   </si>
   <si>
     <t>FY17</t>
   </si>
   <si>
     <t>Revenue Category</t>
   </si>
   <si>
     <t>FY18</t>
   </si>
   <si>
-    <t>-</t>
-[...1 lines deleted...]
-  <si>
     <t>FY19</t>
   </si>
   <si>
     <t>FY20</t>
   </si>
   <si>
     <t>FY21</t>
   </si>
   <si>
-    <t>Resident Tuition - COF</t>
-[...4 lines deleted...]
-  <si>
     <t>FY22</t>
   </si>
   <si>
-    <t>Subtotal - Student Tuition and Fees</t>
-[...1 lines deleted...]
-  <si>
     <t>CARES Act/HEERF</t>
-  </si>
-[...224 lines deleted...]
-    <t>Sheet Check</t>
   </si>
   <si>
     <r>
       <t>Original Budget</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (source: Table A, E&amp;G, Aux, Restricted)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Revised Budget </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(source: Table A June Estimate Total Current Funds)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">For Web - Historical Revised, Current Year Estimate </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(historical revised-copy from rows 16-24 &amp; current year estimate-copy from rows 3-12)</t>
     </r>
   </si>
   <si>
     <t>ARRA</t>
   </si>
   <si>
-    <t>DRAFT Table A:  FY 2022-23 Current Funds Budget</t>
-[...4 lines deleted...]
-  <si>
     <t>FY23</t>
   </si>
   <si>
     <t>Use percentage for last FY data in revenue table</t>
   </si>
   <si>
-    <t>Use percntage for this FY data in Revenue Table</t>
-[...1 lines deleted...]
-  <si>
     <t>FY24</t>
-  </si>
-[...13 lines deleted...]
-    <t>CU Boulder Current Funds Revenue Breakout FY07-25</t>
   </si>
   <si>
     <t xml:space="preserve">Questions? </t>
   </si>
   <si>
     <t>BFP@colorado.edu</t>
   </si>
+  <si>
+    <t>FY25</t>
+  </si>
+  <si>
+    <t>FY26 Estimate</t>
+  </si>
+  <si>
+    <t>FY26 as a %</t>
+  </si>
+  <si>
+    <t>FY 26 Estimate</t>
+  </si>
+  <si>
+    <t>FY 25</t>
+  </si>
+  <si>
+    <t>CU Boulder Current Funds Revenue Breakout FY07-26</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="12">
+  <numFmts count="7">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.0,,"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.0_);[Red]\(&quot;$&quot;#,##0.0\)"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0,,"/>
     <numFmt numFmtId="168" formatCode="&quot;$&quot;#,##0.00"/>
-    <numFmt numFmtId="169" formatCode="[$$-409]#,##0_);[Red]\([$$-409]#,##0\)"/>
-[...3 lines deleted...]
-    <numFmt numFmtId="173" formatCode="[$$-409]#,##0_);\([$$-409]#,##0\)"/>
   </numFmts>
-  <fonts count="37" x14ac:knownFonts="1">
+  <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1066,147 +385,74 @@
       <color indexed="63"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color indexed="56"/>
       <name val="Cambria"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="11"/>
-[...76 lines deleted...]
-    <font>
       <b/>
       <sz val="10"/>
       <color theme="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
     </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="Arial"/>
+    </font>
   </fonts>
-  <fills count="37">
+  <fills count="26">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
@@ -1291,118 +537,52 @@
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="55"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="26"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...64 lines deleted...]
-    </fill>
   </fills>
-  <borders count="49">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
@@ -1584,424 +764,50 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...372 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -2024,53 +830,53 @@
     <xf numFmtId="0" fontId="14" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="8" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="24" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="21" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="251">
+  <cellXfs count="41">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="165" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="166" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -2095,511 +901,63 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="3" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="3" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="60" applyFont="1" applyAlignment="1">
-[...399 lines deleted...]
-    <xf numFmtId="169" fontId="24" fillId="36" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="169" fontId="24" fillId="34" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="170" fontId="24" fillId="34" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="169" fontId="24" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="169" fontId="24" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="64"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="169" fontId="24" fillId="2" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="64"/>
   </cellXfs>
   <cellStyles count="65">
     <cellStyle name="20% - Accent1 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - Accent2 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent3 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent4 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent5 2" xfId="11" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent6 2" xfId="12" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="40% - Accent1 2" xfId="13" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="40% - Accent2 2" xfId="14" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="40% - Accent3 2" xfId="15" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="40% - Accent4 2" xfId="16" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="40% - Accent5 2" xfId="17" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="40% - Accent6 2" xfId="18" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="60% - Accent1 2" xfId="19" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="60% - Accent2 2" xfId="20" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="60% - Accent3 2" xfId="21" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="60% - Accent4 2" xfId="22" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="60% - Accent5 2" xfId="23" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="60% - Accent6 2" xfId="24" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="Accent1 2" xfId="25" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="Accent2 2" xfId="26" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="Accent3 2" xfId="27" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="Accent4 2" xfId="28" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
     <cellStyle name="Accent5 2" xfId="29" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
@@ -3292,87 +1650,87 @@
     <mruColors>
       <color rgb="FF95B3D7"/>
       <color rgb="FF007ACC"/>
       <color rgb="FFFFFF99"/>
       <color rgb="FFCCFFCC"/>
       <color rgb="FFFFCCCC"/>
       <color rgb="FFCCFFFF"/>
       <color rgb="FF007F39"/>
       <color rgb="FFA2A4A3"/>
       <color rgb="FF565A5C"/>
       <color rgb="FFCFB87C"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>CU</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Boulder Current Funds Revenue Breakout FY15-FY25 </a:t>
+              <a:t>Boulder Current Funds Revenue Breakout FY16-FY26 </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>       (in millions)</a:t>
             </a:r>
           </a:p>
         </c:rich>
       </c:tx>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.19014784980700236"/>
           <c:y val="2.5424618637332481E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25400">
@@ -3442,138 +1800,138 @@
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'CF Summary'!$B$27:$U$27</c15:sqref>
+                    <c15:sqref>'CF Summary'!$B$27:$V$27</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'CF Summary'!$J$27:$T$27</c:f>
+              <c:f>'CF Summary'!$K$27:$V$27</c:f>
               <c:strCache>
                 <c:ptCount val="11"/>
                 <c:pt idx="0">
-                  <c:v>FY15</c:v>
+                  <c:v>FY16</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>FY16</c:v>
+                  <c:v>FY17</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>FY17</c:v>
+                  <c:v>FY18</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>FY18</c:v>
+                  <c:v>FY19</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>FY19</c:v>
+                  <c:v>FY20</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>FY20</c:v>
+                  <c:v>FY21</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>FY21</c:v>
+                  <c:v>FY22</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>FY22</c:v>
+                  <c:v>FY23</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>FY23</c:v>
+                  <c:v>FY24</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>FY24</c:v>
+                  <c:v>FY25</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>FY25 Estimate</c:v>
+                  <c:v>FY26 Estimate</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'CF Summary'!$B$28:$U$28</c15:sqref>
+                    <c15:sqref>'CF Summary'!$B$28:$V$28</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'CF Summary'!$J$28:$T$28</c:f>
+              <c:f>'CF Summary'!$K$28:$V$28</c:f>
               <c:numCache>
                 <c:formatCode>"$"#,##0,,</c:formatCode>
-                <c:ptCount val="11"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>31521096</c:v>
+                  <c:v>36495109</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>36495109</c:v>
+                  <c:v>37204097</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>37204097</c:v>
+                  <c:v>39494292</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>39494292</c:v>
+                  <c:v>44393380</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>44393380</c:v>
+                  <c:v>49812040</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>49812040</c:v>
+                  <c:v>20747242</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>20747242</c:v>
+                  <c:v>56460058</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>56460058</c:v>
+                  <c:v>55027919</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>55027919</c:v>
+                  <c:v>63635978</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>63635978</c:v>
+                  <c:v>73691063</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>73691063</c:v>
+                  <c:v>73418942</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
               <c15:categoryFilterExceptions>
                 <c15:categoryFilterException>
                   <c15:sqref>'CF Summary'!$B$28</c15:sqref>
                   <c15:dLbl>
                     <c:idx val="-1"/>
                     <c:layout>
                       <c:manualLayout>
                         <c:x val="1.2524630128934427E-3"/>
                         <c:y val="8.3972916023645561E-4"/>
                       </c:manualLayout>
                     </c:layout>
                     <c:spPr>
                       <a:noFill/>
                       <a:ln w="25400">
                         <a:noFill/>
                       </a:ln>
                     </c:spPr>
                     <c:txPr>
                       <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
@@ -3585,51 +1943,51 @@
                           <a:defRPr baseline="0">
                             <a:solidFill>
                               <a:schemeClr val="bg1"/>
                             </a:solidFill>
                           </a:defRPr>
                         </a:pPr>
                         <a:endParaRPr lang="en-US"/>
                       </a:p>
                     </c:txPr>
                     <c:showLegendKey val="0"/>
                     <c:showVal val="1"/>
                     <c:showCatName val="0"/>
                     <c:showSerName val="0"/>
                     <c:showPercent val="0"/>
                     <c:showBubbleSize val="0"/>
                     <c:extLst>
                       <c:ext uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                         <c15:layout>
                           <c:manualLayout>
                             <c:w val="3.2595399220119885E-2"/>
                             <c:h val="2.6543904875480726E-2"/>
                           </c:manualLayout>
                         </c15:layout>
                       </c:ext>
                       <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                        <c16:uniqueId val="{00000000-8F79-48DD-BFB0-0E4CE5D4C0F4}"/>
+                        <c16:uniqueId val="{00000000-00BE-4C46-8458-971E1D99F1C8}"/>
                       </c:ext>
                     </c:extLst>
                   </c15:dLbl>
                 </c15:categoryFilterException>
               </c15:categoryFilterExceptions>
             </c:ext>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-6D4D-452E-A6B7-AB344AB718D2}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'CF Summary'!$A$29</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>College Opportunity Fund</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -3664,331 +2022,403 @@
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'CF Summary'!$B$27:$U$27</c15:sqref>
+                    <c15:sqref>'CF Summary'!$B$27:$V$27</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'CF Summary'!$J$27:$T$27</c:f>
+              <c:f>'CF Summary'!$K$27:$V$27</c:f>
               <c:strCache>
                 <c:ptCount val="11"/>
                 <c:pt idx="0">
-                  <c:v>FY15</c:v>
+                  <c:v>FY16</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>FY16</c:v>
+                  <c:v>FY17</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>FY17</c:v>
+                  <c:v>FY18</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>FY18</c:v>
+                  <c:v>FY19</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>FY19</c:v>
+                  <c:v>FY20</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>FY20</c:v>
+                  <c:v>FY21</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>FY21</c:v>
+                  <c:v>FY22</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>FY22</c:v>
+                  <c:v>FY23</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>FY23</c:v>
+                  <c:v>FY24</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>FY24</c:v>
+                  <c:v>FY25</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>FY25 Estimate</c:v>
+                  <c:v>FY26 Estimate</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'CF Summary'!$B$29:$U$29</c15:sqref>
+                    <c15:sqref>'CF Summary'!$B$29:$V$29</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'CF Summary'!$J$29:$T$29</c:f>
+              <c:f>'CF Summary'!$K$29:$V$29</c:f>
               <c:numCache>
                 <c:formatCode>"$"#,##0,,</c:formatCode>
-                <c:ptCount val="11"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>31859432</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>31859432</c:v>
+                  <c:v>32188645</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>32188645</c:v>
+                  <c:v>33390840</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>33390840</c:v>
+                  <c:v>36998672</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>36998672</c:v>
+                  <c:v>41404678</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41404678</c:v>
+                  <c:v>17576926</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>17576926</c:v>
+                  <c:v>42293747</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42293747</c:v>
+                  <c:v>47348114</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>47348114</c:v>
+                  <c:v>48841930</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>48841930</c:v>
+                  <c:v>50186291</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>50186294</c:v>
+                  <c:v>53259194</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
               <c15:categoryFilterExceptions>
                 <c15:categoryFilterException>
                   <c15:sqref>'CF Summary'!$B$29</c15:sqref>
                   <c15:dLbl>
                     <c:idx val="-1"/>
                     <c:layout>
                       <c:manualLayout>
                         <c:x val="0"/>
                         <c:y val="0"/>
                       </c:manualLayout>
                     </c:layout>
                     <c:showLegendKey val="0"/>
                     <c:showVal val="1"/>
                     <c:showCatName val="0"/>
                     <c:showSerName val="0"/>
                     <c:showPercent val="0"/>
                     <c:showBubbleSize val="0"/>
                     <c:extLst>
                       <c:ext uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                       <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                        <c16:uniqueId val="{00000001-8F79-48DD-BFB0-0E4CE5D4C0F4}"/>
+                        <c16:uniqueId val="{00000001-00BE-4C46-8458-971E1D99F1C8}"/>
                       </c:ext>
                     </c:extLst>
                   </c15:dLbl>
                 </c15:categoryFilterException>
               </c15:categoryFilterExceptions>
             </c:ext>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-6D4D-452E-A6B7-AB344AB718D2}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>'CF Summary'!$A$30</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Student Tuition and Fees</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:ln w="12700">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
+            <c:dLbl>
+              <c:idx val="9"/>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="25400">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:txPr>
+                <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
+                  <a:spAutoFit/>
+                </a:bodyPr>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr>
+                    <a:defRPr sz="1050" baseline="0">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                    </a:defRPr>
+                  </a:pPr>
+                  <a:endParaRPr lang="en-US"/>
+                </a:p>
+              </c:txPr>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000003-CA91-491B-A95E-6B6755A07E29}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="10"/>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="25400">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:txPr>
+                <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
+                  <a:spAutoFit/>
+                </a:bodyPr>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr>
+                    <a:defRPr sz="1050" baseline="0">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                    </a:defRPr>
+                  </a:pPr>
+                  <a:endParaRPr lang="en-US"/>
+                </a:p>
+              </c:txPr>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000004-CA91-491B-A95E-6B6755A07E29}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'CF Summary'!$B$27:$U$27</c15:sqref>
+                    <c15:sqref>'CF Summary'!$B$27:$V$27</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'CF Summary'!$J$27:$T$27</c:f>
+              <c:f>'CF Summary'!$K$27:$V$27</c:f>
               <c:strCache>
                 <c:ptCount val="11"/>
                 <c:pt idx="0">
-                  <c:v>FY15</c:v>
+                  <c:v>FY16</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>FY16</c:v>
+                  <c:v>FY17</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>FY17</c:v>
+                  <c:v>FY18</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>FY18</c:v>
+                  <c:v>FY19</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>FY19</c:v>
+                  <c:v>FY20</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>FY20</c:v>
+                  <c:v>FY21</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>FY21</c:v>
+                  <c:v>FY22</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>FY22</c:v>
+                  <c:v>FY23</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>FY23</c:v>
+                  <c:v>FY24</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>FY24</c:v>
+                  <c:v>FY25</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>FY25 Estimate</c:v>
+                  <c:v>FY26 Estimate</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'CF Summary'!$B$30:$U$30</c15:sqref>
+                    <c15:sqref>'CF Summary'!$B$30:$V$30</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'CF Summary'!$J$30:$T$30</c:f>
+              <c:f>'CF Summary'!$K$30:$V$30</c:f>
               <c:numCache>
                 <c:formatCode>"$"#,##0,,</c:formatCode>
-                <c:ptCount val="11"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>600331717</c:v>
+                  <c:v>661514263</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>661514263</c:v>
+                  <c:v>712909737</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>712909737</c:v>
+                  <c:v>768600454</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>768600454</c:v>
+                  <c:v>809518586</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>809518586</c:v>
+                  <c:v>857739030</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>857739030</c:v>
+                  <c:v>843989238</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>843989238</c:v>
+                  <c:v>894183256</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>894183256</c:v>
+                  <c:v>931783377</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>931783377</c:v>
+                  <c:v>989745732</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>989745732</c:v>
+                  <c:v>1086200328</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>1023974539</c:v>
+                  <c:v>1126972536.3099999</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-6D4D-452E-A6B7-AB344AB718D2}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>'CF Summary'!$A$31</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Federal Grants &amp; Contracts</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -4006,138 +2436,138 @@
           <c:dLbls>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'CF Summary'!$B$27:$U$27</c15:sqref>
+                    <c15:sqref>'CF Summary'!$B$27:$V$27</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'CF Summary'!$J$27:$T$27</c:f>
+              <c:f>'CF Summary'!$K$27:$V$27</c:f>
               <c:strCache>
                 <c:ptCount val="11"/>
                 <c:pt idx="0">
-                  <c:v>FY15</c:v>
+                  <c:v>FY16</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>FY16</c:v>
+                  <c:v>FY17</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>FY17</c:v>
+                  <c:v>FY18</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>FY18</c:v>
+                  <c:v>FY19</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>FY19</c:v>
+                  <c:v>FY20</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>FY20</c:v>
+                  <c:v>FY21</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>FY21</c:v>
+                  <c:v>FY22</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>FY22</c:v>
+                  <c:v>FY23</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>FY23</c:v>
+                  <c:v>FY24</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>FY24</c:v>
+                  <c:v>FY25</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>FY25 Estimate</c:v>
+                  <c:v>FY26 Estimate</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'CF Summary'!$B$31:$U$31</c15:sqref>
+                    <c15:sqref>'CF Summary'!$B$31:$V$31</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'CF Summary'!$J$31:$T$31</c:f>
+              <c:f>'CF Summary'!$K$31:$V$31</c:f>
               <c:numCache>
                 <c:formatCode>"$"#,##0,,</c:formatCode>
-                <c:ptCount val="11"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>293700642</c:v>
+                  <c:v>305457136</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>305457136</c:v>
+                  <c:v>328323330</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>328323330</c:v>
+                  <c:v>299116802</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>299116802</c:v>
+                  <c:v>313131855</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>313131855</c:v>
+                  <c:v>313891432</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>313891432</c:v>
+                  <c:v>350756536</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>350756536</c:v>
+                  <c:v>405021353</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>405021353</c:v>
+                  <c:v>420945304</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>420945304</c:v>
+                  <c:v>460580010</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>460580010</c:v>
+                  <c:v>466835634.16122252</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>479003210.40000004</c:v>
+                  <c:v>466835634.16122252</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-6D4D-452E-A6B7-AB344AB718D2}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>'CF Summary'!$A$32</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Other Revenue</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -4171,138 +2601,138 @@
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'CF Summary'!$B$27:$U$27</c15:sqref>
+                    <c15:sqref>'CF Summary'!$B$27:$V$27</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'CF Summary'!$J$27:$T$27</c:f>
+              <c:f>'CF Summary'!$K$27:$V$27</c:f>
               <c:strCache>
                 <c:ptCount val="11"/>
                 <c:pt idx="0">
-                  <c:v>FY15</c:v>
+                  <c:v>FY16</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>FY16</c:v>
+                  <c:v>FY17</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>FY17</c:v>
+                  <c:v>FY18</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>FY18</c:v>
+                  <c:v>FY19</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>FY19</c:v>
+                  <c:v>FY20</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>FY20</c:v>
+                  <c:v>FY21</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>FY21</c:v>
+                  <c:v>FY22</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>FY22</c:v>
+                  <c:v>FY23</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>FY23</c:v>
+                  <c:v>FY24</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>FY24</c:v>
+                  <c:v>FY25</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>FY25 Estimate</c:v>
+                  <c:v>FY26 Estimate</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'CF Summary'!$B$32:$U$32</c15:sqref>
+                    <c15:sqref>'CF Summary'!$B$32:$V$32</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'CF Summary'!$J$32:$T$32</c:f>
+              <c:f>'CF Summary'!$K$32:$V$32</c:f>
               <c:numCache>
                 <c:formatCode>"$"#,##0,,</c:formatCode>
-                <c:ptCount val="11"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>435724113</c:v>
+                  <c:v>467417973</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>467417973</c:v>
+                  <c:v>507605758</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>507605758</c:v>
+                  <c:v>584626607</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>584626607</c:v>
+                  <c:v>611029227</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>611029227</c:v>
+                  <c:v>566671583</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>566671583</c:v>
+                  <c:v>488860845</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>488860845</c:v>
+                  <c:v>644021746</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>644021746</c:v>
+                  <c:v>680053928</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>680053928</c:v>
+                  <c:v>795461554</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>795461554</c:v>
+                  <c:v>877510764</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>820283482.83999991</c:v>
+                  <c:v>889686896.88690448</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-6D4D-452E-A6B7-AB344AB718D2}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>'CF Summary'!$A$33</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>CARES Act/HEERF</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -4320,249 +2750,265 @@
           <c:dLbls>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'CF Summary'!$B$27:$U$27</c15:sqref>
+                    <c15:sqref>'CF Summary'!$B$27:$V$27</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'CF Summary'!$J$27:$T$27</c:f>
+              <c:f>'CF Summary'!$K$27:$V$27</c:f>
               <c:strCache>
                 <c:ptCount val="11"/>
                 <c:pt idx="0">
-                  <c:v>FY15</c:v>
+                  <c:v>FY16</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>FY16</c:v>
+                  <c:v>FY17</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>FY17</c:v>
+                  <c:v>FY18</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>FY18</c:v>
+                  <c:v>FY19</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>FY19</c:v>
+                  <c:v>FY20</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>FY20</c:v>
+                  <c:v>FY21</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>FY21</c:v>
+                  <c:v>FY22</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>FY22</c:v>
+                  <c:v>FY23</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>FY23</c:v>
+                  <c:v>FY24</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>FY24</c:v>
+                  <c:v>FY25</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>FY25 Estimate</c:v>
+                  <c:v>FY26 Estimate</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'CF Summary'!$B$33:$U$33</c15:sqref>
+                    <c15:sqref>'CF Summary'!$B$33:$V$33</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'CF Summary'!$J$33:$T$33</c:f>
+              <c:f>'CF Summary'!$K$33:$V$33</c:f>
               <c:numCache>
                 <c:formatCode>"$"#,##0,,</c:formatCode>
-                <c:ptCount val="11"/>
+                <c:ptCount val="12"/>
+                <c:pt idx="4">
+                  <c:v>67005232</c:v>
+                </c:pt>
                 <c:pt idx="5">
-                  <c:v>67005232</c:v>
+                  <c:v>72785894</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>72785894</c:v>
-[...1 lines deleted...]
-                <c:pt idx="7">
                   <c:v>26598687</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
               <c15:categoryFilterExceptions>
                 <c15:categoryFilterException>
                   <c15:sqref>'CF Summary'!$F$33</c15:sqref>
                   <c15:dLbl>
                     <c:idx val="-1"/>
                     <c:layout>
                       <c:manualLayout>
                         <c:x val="-2.2988503666530576E-3"/>
                         <c:y val="-7.4487895716945996E-3"/>
                       </c:manualLayout>
                     </c:layout>
                     <c:showLegendKey val="0"/>
                     <c:showVal val="1"/>
                     <c:showCatName val="0"/>
                     <c:showSerName val="0"/>
                     <c:showPercent val="0"/>
                     <c:showBubbleSize val="0"/>
                     <c:extLst>
                       <c:ext uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                       <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                        <c16:uniqueId val="{00000002-8F79-48DD-BFB0-0E4CE5D4C0F4}"/>
+                        <c16:uniqueId val="{00000002-00BE-4C46-8458-971E1D99F1C8}"/>
                       </c:ext>
                     </c:extLst>
                   </c15:dLbl>
                 </c15:categoryFilterException>
               </c15:categoryFilterExceptions>
             </c:ext>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000006-6D4D-452E-A6B7-AB344AB718D2}"/>
-            </c:ext>
-[...83 lines deleted...]
-              <c16:uniqueId val="{00000005-320E-4A45-9278-7F5108C941CF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="42"/>
         <c:overlap val="100"/>
         <c:axId val="1325624063"/>
         <c:axId val="1"/>
+        <c:extLst>
+          <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
+            <c15:filteredBarSeries>
+              <c15:ser>
+                <c:idx val="6"/>
+                <c:order val="6"/>
+                <c:tx>
+                  <c:strRef>
+                    <c:extLst>
+                      <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
+                        <c15:formulaRef>
+                          <c15:sqref>'CF Summary'!$A$34</c15:sqref>
+                        </c15:formulaRef>
+                      </c:ext>
+                    </c:extLst>
+                    <c:strCache>
+                      <c:ptCount val="1"/>
+                      <c:pt idx="0">
+                        <c:v>ARRA</c:v>
+                      </c:pt>
+                    </c:strCache>
+                  </c:strRef>
+                </c:tx>
+                <c:invertIfNegative val="0"/>
+                <c:cat>
+                  <c:strRef>
+                    <c:extLst>
+                      <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
+                        <c15:fullRef>
+                          <c15:sqref>'CF Summary'!$B$27:$V$27</c15:sqref>
+                        </c15:fullRef>
+                        <c15:formulaRef>
+                          <c15:sqref>'CF Summary'!$K$27:$V$27</c15:sqref>
+                        </c15:formulaRef>
+                      </c:ext>
+                    </c:extLst>
+                    <c:strCache>
+                      <c:ptCount val="11"/>
+                      <c:pt idx="0">
+                        <c:v>FY16</c:v>
+                      </c:pt>
+                      <c:pt idx="1">
+                        <c:v>FY17</c:v>
+                      </c:pt>
+                      <c:pt idx="2">
+                        <c:v>FY18</c:v>
+                      </c:pt>
+                      <c:pt idx="3">
+                        <c:v>FY19</c:v>
+                      </c:pt>
+                      <c:pt idx="4">
+                        <c:v>FY20</c:v>
+                      </c:pt>
+                      <c:pt idx="5">
+                        <c:v>FY21</c:v>
+                      </c:pt>
+                      <c:pt idx="6">
+                        <c:v>FY22</c:v>
+                      </c:pt>
+                      <c:pt idx="7">
+                        <c:v>FY23</c:v>
+                      </c:pt>
+                      <c:pt idx="8">
+                        <c:v>FY24</c:v>
+                      </c:pt>
+                      <c:pt idx="9">
+                        <c:v>FY25</c:v>
+                      </c:pt>
+                      <c:pt idx="10">
+                        <c:v>FY26 Estimate</c:v>
+                      </c:pt>
+                    </c:strCache>
+                  </c:strRef>
+                </c:cat>
+                <c:val>
+                  <c:numRef>
+                    <c:extLst>
+                      <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
+                        <c15:fullRef>
+                          <c15:sqref>'CF Summary'!$B$34:$V$34</c15:sqref>
+                        </c15:fullRef>
+                        <c15:formulaRef>
+                          <c15:sqref>'CF Summary'!$K$34:$V$34</c15:sqref>
+                        </c15:formulaRef>
+                      </c:ext>
+                    </c:extLst>
+                    <c:numCache>
+                      <c:formatCode>"$"#,##0,,</c:formatCode>
+                      <c:ptCount val="12"/>
+                    </c:numCache>
+                  </c:numRef>
+                </c:val>
+                <c:extLst>
+                  <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                    <c16:uniqueId val="{00000005-320E-4A45-9278-7F5108C941CF}"/>
+                  </c:ext>
+                </c:extLst>
+              </c15:ser>
+            </c15:filteredBarSeries>
+          </c:ext>
+        </c:extLst>
       </c:barChart>
       <c:catAx>
         <c:axId val="1325624063"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln w="3175">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-5400000" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
@@ -4827,1449 +3273,118 @@
         <a:xfrm>
           <a:off x="0" y="1"/>
           <a:ext cx="4334513" cy="622172"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
-      <xdr:colOff>273050</xdr:colOff>
+      <xdr:colOff>286385</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>772914</xdr:rowOff>
+      <xdr:rowOff>782439</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2" title="University of Colorado Boulder logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="5362575" cy="769739"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...1330 lines deleted...]
-
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A5:T13" totalsRowShown="0" headerRowDxfId="21" headerRowBorderDxfId="20" tableBorderDxfId="19" totalsRowBorderDxfId="18">
-  <tableColumns count="20">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A5:U13" totalsRowShown="0" headerRowDxfId="21" headerRowBorderDxfId="20" tableBorderDxfId="19" totalsRowBorderDxfId="18">
+  <tableColumns count="21">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Revenue Category" dataDxfId="17"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="FY07" dataDxfId="16" dataCellStyle="Percent"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="FY08" dataDxfId="15" dataCellStyle="Percent"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="FY09" dataDxfId="14" dataCellStyle="Percent"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="FY10" dataDxfId="13" dataCellStyle="Percent"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="FY11" dataDxfId="12" dataCellStyle="Percent"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="FY12" dataDxfId="11" dataCellStyle="Percent"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="FY13" dataDxfId="10" dataCellStyle="Percent"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="FY14" dataDxfId="9" dataCellStyle="Percent"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="FY15" dataDxfId="8" dataCellStyle="Percent"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="FY16" dataDxfId="7" dataCellStyle="Percent"/>
     <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="FY17" dataDxfId="6" dataCellStyle="Percent"/>
     <tableColumn id="13" xr3:uid="{00000000-0010-0000-0000-00000D000000}" name="FY18" dataDxfId="5" dataCellStyle="Percent"/>
     <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="FY19" dataDxfId="4" dataCellStyle="Percent"/>
     <tableColumn id="15" xr3:uid="{00000000-0010-0000-0000-00000F000000}" name="FY20" dataDxfId="3" dataCellStyle="Percent"/>
     <tableColumn id="16" xr3:uid="{00000000-0010-0000-0000-000010000000}" name="FY21" dataDxfId="2" dataCellStyle="Percent"/>
     <tableColumn id="17" xr3:uid="{00000000-0010-0000-0000-000011000000}" name="FY22" dataDxfId="1"/>
     <tableColumn id="18" xr3:uid="{00000000-0010-0000-0000-000012000000}" name="FY23" dataDxfId="0"/>
     <tableColumn id="20" xr3:uid="{069CF0B3-0A7B-42FD-8C76-D3E38125CDB8}" name="FY24"/>
-    <tableColumn id="19" xr3:uid="{EB3DCA6B-CAC1-4BA5-855F-4239BE1FF882}" name="FY 25 Estimate"/>
+    <tableColumn id="19" xr3:uid="{EB3DCA6B-CAC1-4BA5-855F-4239BE1FF882}" name="FY 25"/>
+    <tableColumn id="21" xr3:uid="{7A03E7FA-4E5A-437F-B3AF-9F03EE43F949}" name="FY 26 Estimate"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altText="CU Boulder current funds revenue breakout FY2007 - FY2020" altTextSummary="Shows percentage distribution by revenue category type"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -6533,67 +3648,59 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BFP@colorado.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Q49"/>
   <sheetViews>
-    <sheetView zoomScale="99" zoomScaleNormal="99" workbookViewId="0">
-      <selection activeCell="O22" sqref="O22"/>
+    <sheetView tabSelected="1" topLeftCell="A19" zoomScale="99" zoomScaleNormal="99" workbookViewId="0">
+      <selection activeCell="T18" sqref="T18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:17" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="18"/>
       <c r="B1" s="18"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
       <c r="I1" s="18"/>
       <c r="J1" s="18"/>
       <c r="K1" s="18"/>
       <c r="L1" s="18"/>
       <c r="M1" s="18"/>
       <c r="N1" s="18"/>
       <c r="O1" s="18"/>
       <c r="P1" s="18"/>
       <c r="Q1" s="18"/>
     </row>
     <row r="2" spans="1:17" x14ac:dyDescent="0.25">
       <c r="B2" s="18"/>
@@ -7450,197 +4557,201 @@
       <c r="G49" s="18"/>
       <c r="H49" s="18"/>
       <c r="I49" s="18"/>
       <c r="J49" s="18"/>
       <c r="K49" s="18"/>
       <c r="L49" s="18"/>
       <c r="M49" s="18"/>
       <c r="N49" s="18"/>
       <c r="O49" s="18"/>
       <c r="P49" s="18"/>
       <c r="Q49" s="18"/>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="78" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:T16"/>
+  <dimension ref="A1:U16"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A20" sqref="A20"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="T18" sqref="T18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="34.33203125" customWidth="1"/>
     <col min="2" max="14" width="9.5546875" bestFit="1" customWidth="1"/>
     <col min="15" max="16" width="9.88671875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="8.5546875" customWidth="1"/>
     <col min="18" max="19" width="11.109375" customWidth="1"/>
     <col min="20" max="20" width="14" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="15" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:21" ht="63" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="18"/>
       <c r="B1" s="18"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
       <c r="I1" s="18"/>
       <c r="J1" s="18"/>
       <c r="K1" s="18"/>
       <c r="L1" s="18"/>
       <c r="M1" s="18"/>
       <c r="N1" s="18"/>
     </row>
-    <row r="2" spans="1:20" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A2" s="19" t="s">
-        <v>117</v>
+        <v>41</v>
       </c>
       <c r="B2" s="18"/>
       <c r="C2" s="18"/>
       <c r="D2" s="18"/>
       <c r="E2" s="18"/>
       <c r="F2" s="18"/>
       <c r="G2" s="18"/>
       <c r="H2" s="18"/>
       <c r="I2" s="18"/>
       <c r="J2" s="18"/>
       <c r="K2" s="18"/>
       <c r="L2" s="18"/>
       <c r="M2" s="18"/>
       <c r="N2" s="18"/>
     </row>
-    <row r="3" spans="1:20" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A3" s="19" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="18"/>
       <c r="C3" s="18"/>
       <c r="D3" s="18"/>
       <c r="E3" s="18"/>
       <c r="F3" s="18"/>
       <c r="G3" s="18"/>
       <c r="H3" s="18"/>
       <c r="I3" s="18"/>
       <c r="J3" s="18"/>
       <c r="K3" s="18"/>
       <c r="L3" s="18"/>
       <c r="M3" s="18"/>
       <c r="N3" s="18"/>
     </row>
-    <row r="4" spans="1:20" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A4" s="18"/>
       <c r="B4" s="18"/>
       <c r="C4" s="18"/>
       <c r="D4" s="18"/>
       <c r="E4" s="18"/>
       <c r="F4" s="18"/>
       <c r="G4" s="18"/>
       <c r="H4" s="18"/>
       <c r="I4" s="18"/>
       <c r="J4" s="18"/>
       <c r="K4" s="18"/>
       <c r="L4" s="18"/>
       <c r="M4" s="18"/>
       <c r="N4" s="18"/>
     </row>
-    <row r="5" spans="1:20" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A5" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="25" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="26" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="26" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="26" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="26" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="26" t="s">
         <v>6</v>
       </c>
       <c r="H5" s="26" t="s">
         <v>15</v>
       </c>
       <c r="I5" s="26" t="s">
         <v>16</v>
       </c>
       <c r="J5" s="26" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="26" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="26" t="s">
         <v>21</v>
       </c>
       <c r="N5" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="O5" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="O5" s="27" t="s">
+      <c r="P5" s="26" t="s">
         <v>24</v>
       </c>
-      <c r="P5" s="26" t="s">
+      <c r="Q5" s="26" t="s">
         <v>25</v>
       </c>
-      <c r="Q5" s="26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R5" s="26" t="s">
-        <v>109</v>
+        <v>31</v>
       </c>
       <c r="S5" s="26" t="s">
-        <v>112</v>
+        <v>33</v>
       </c>
       <c r="T5" s="26" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:20" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+      <c r="U5" s="40" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A6" s="22" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="13">
         <v>3.4353903215271653E-2</v>
       </c>
       <c r="C6" s="13">
         <v>3.9246633517582438E-2</v>
       </c>
       <c r="D6" s="13">
         <v>2.9536701253907543E-2</v>
       </c>
       <c r="E6" s="13">
         <v>1.2425123633436041E-2</v>
       </c>
       <c r="F6" s="13">
         <v>3.9008606198204919E-2</v>
       </c>
       <c r="G6" s="13">
         <v>2.2843997788465045E-2</v>
       </c>
       <c r="H6" s="13">
         <v>2.1727044856207689E-2</v>
       </c>
       <c r="I6" s="13">
@@ -7655,54 +4766,57 @@
       <c r="L6" s="14">
         <v>2.2990589084213559E-2</v>
       </c>
       <c r="M6" s="17">
         <v>2.29E-2</v>
       </c>
       <c r="N6" s="17">
         <v>2.4458196065111962E-2</v>
       </c>
       <c r="O6" s="23">
         <v>2.6264914196353208E-2</v>
       </c>
       <c r="P6" s="32">
         <v>1.1560176722957644E-2</v>
       </c>
       <c r="Q6" s="32">
         <v>2.7294129049942856E-2</v>
       </c>
       <c r="R6" s="32">
         <v>2.5772285917104235E-2</v>
       </c>
       <c r="S6" s="32">
         <v>2.6984233110026415E-2</v>
       </c>
       <c r="T6" s="32">
-        <v>3.011315473672703E-2</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:20" x14ac:dyDescent="0.25">
+        <v>2.8848406015397798E-2</v>
+      </c>
+      <c r="U6" s="32">
+        <v>2.8127996220918453E-2</v>
+      </c>
+    </row>
+    <row r="7" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A7" s="22" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="13">
         <v>4.5788641087095024E-2</v>
       </c>
       <c r="C7" s="13">
         <v>4.3395973533302969E-2</v>
       </c>
       <c r="D7" s="13">
         <v>3.1484858120035278E-2</v>
       </c>
       <c r="E7" s="13">
         <v>1.8673876798163635E-2</v>
       </c>
       <c r="F7" s="13">
         <v>2.2657932589098661E-2</v>
       </c>
       <c r="G7" s="13">
         <v>2.2292557467448043E-2</v>
       </c>
       <c r="H7" s="13">
         <v>2.0966276391732579E-2</v>
       </c>
       <c r="I7" s="13">
@@ -7717,54 +4831,57 @@
       <c r="L7" s="14">
         <v>1.9891247740070814E-2</v>
       </c>
       <c r="M7" s="17">
         <v>1.9400000000000001E-2</v>
       </c>
       <c r="N7" s="17">
         <v>2.0384137768396281E-2</v>
       </c>
       <c r="O7" s="23">
         <v>2.1831876690808754E-2</v>
       </c>
       <c r="P7" s="32">
         <v>9.7937051491638755E-3</v>
       </c>
       <c r="Q7" s="32">
         <v>2.0445798844620982E-2</v>
       </c>
       <c r="R7" s="32">
         <v>2.2175454820373013E-2</v>
       </c>
       <c r="S7" s="32">
         <v>2.0710957324543554E-2</v>
       </c>
       <c r="T7" s="32">
-        <v>2.0508153571958586E-2</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:20" x14ac:dyDescent="0.25">
+        <v>1.9646812520195352E-2</v>
+      </c>
+      <c r="U7" s="32">
+        <v>2.0404467386102659E-2</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A8" s="22" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="13">
         <v>0.39214358237397584</v>
       </c>
       <c r="C8" s="13">
         <v>0.40130266571136802</v>
       </c>
       <c r="D8" s="13">
         <v>0.4119682855317307</v>
       </c>
       <c r="E8" s="13">
         <v>0.40735591578127178</v>
       </c>
       <c r="F8" s="13">
         <v>0.41062607596551653</v>
       </c>
       <c r="G8" s="13">
         <v>0.42754044563136906</v>
       </c>
       <c r="H8" s="13">
         <v>0.41936736253361984</v>
       </c>
       <c r="I8" s="13">
@@ -7779,54 +4896,57 @@
       <c r="L8" s="14">
         <v>0.44054865294813522</v>
       </c>
       <c r="M8" s="17">
         <v>0.44550000000000001</v>
       </c>
       <c r="N8" s="17">
         <v>0.44599812617872753</v>
       </c>
       <c r="O8" s="23">
         <v>0.45226901017933074</v>
       </c>
       <c r="P8" s="32">
         <v>0.47026321587969905</v>
       </c>
       <c r="Q8" s="32">
         <v>0.43226936082074324</v>
       </c>
       <c r="R8" s="32">
         <v>0.43640006820626681</v>
       </c>
       <c r="S8" s="32">
         <v>0.41969229343723974</v>
       </c>
       <c r="T8" s="32">
-        <v>0.4184374941012281</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:20" x14ac:dyDescent="0.25">
+        <v>0.42522317904685758</v>
+      </c>
+      <c r="U8" s="32">
+        <v>0.43176159147603305</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A9" s="22" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="13">
         <v>0.22134495874448321</v>
       </c>
       <c r="C9" s="13">
         <v>0.20530391070889864</v>
       </c>
       <c r="D9" s="13">
         <v>0.19793796514178191</v>
       </c>
       <c r="E9" s="13">
         <v>0.2142152581624959</v>
       </c>
       <c r="F9" s="13">
         <v>0.22208538715717674</v>
       </c>
       <c r="G9" s="13">
         <v>0.22570679235731531</v>
       </c>
       <c r="H9" s="13">
         <v>0.20963384916944416</v>
       </c>
       <c r="I9" s="13">
@@ -7841,54 +4961,57 @@
       <c r="L9" s="14">
         <v>0.2028902023019305</v>
       </c>
       <c r="M9" s="17">
         <v>0.1734</v>
       </c>
       <c r="N9" s="17">
         <v>0.17251762095659778</v>
       </c>
       <c r="O9" s="23">
         <v>0.16550881129241921</v>
       </c>
       <c r="P9" s="32">
         <v>0.19543838852857912</v>
       </c>
       <c r="Q9" s="32">
         <v>0.19579691322252024</v>
       </c>
       <c r="R9" s="32">
         <v>0.19714942755059228</v>
       </c>
       <c r="S9" s="32">
         <v>0.19530458627756608</v>
       </c>
       <c r="T9" s="32">
-        <v>0.19574012379444458</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:20" x14ac:dyDescent="0.25">
+        <v>0.18275572869316131</v>
+      </c>
+      <c r="U9" s="32">
+        <v>0.1788523587479228</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="13">
         <v>0.30636891457917431</v>
       </c>
       <c r="C10" s="13">
         <v>0.31075081652884795</v>
       </c>
       <c r="D10" s="13">
         <v>0.30775564388462207</v>
       </c>
       <c r="E10" s="13">
         <v>0.30274172785811215</v>
       </c>
       <c r="F10" s="13">
         <v>0.301425552200837</v>
       </c>
       <c r="G10" s="13">
         <v>0.30161620675540252</v>
       </c>
       <c r="H10" s="13">
         <v>0.32830546704899571</v>
       </c>
       <c r="I10" s="13">
@@ -7903,140 +5026,119 @@
       <c r="L10" s="14">
         <v>0.31367930792564991</v>
       </c>
       <c r="M10" s="17">
         <v>0.33889999999999998</v>
       </c>
       <c r="N10" s="17">
         <v>0.33664191903116641</v>
       </c>
       <c r="O10" s="23">
         <v>0.29879483966138798</v>
       </c>
       <c r="P10" s="32">
         <v>0.27238886793408035</v>
       </c>
       <c r="Q10" s="32">
         <v>0.31133536289129421</v>
       </c>
       <c r="R10" s="32">
         <v>0.31850276350566364</v>
       </c>
       <c r="S10" s="32">
         <v>0.33730792985062419</v>
       </c>
       <c r="T10" s="32">
-        <v>0.33520107379564179</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:20" x14ac:dyDescent="0.25">
+        <v>0.34352587372438798</v>
+      </c>
+      <c r="U10" s="32">
+        <v>0.34085358616902317</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A11" s="22" t="s">
-        <v>106</v>
-[...6 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="B11" s="13"/>
+      <c r="C11" s="13"/>
       <c r="D11" s="13">
         <v>2.1316546067922496E-2</v>
       </c>
       <c r="E11" s="13">
         <v>4.4588097766520493E-2</v>
       </c>
       <c r="F11" s="13">
         <v>4.1964458891661097E-3</v>
       </c>
-      <c r="G11" s="13" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="G11" s="13"/>
+      <c r="H11" s="15"/>
+      <c r="I11" s="15"/>
+      <c r="J11" s="15"/>
+      <c r="K11" s="16"/>
+      <c r="L11" s="15"/>
+      <c r="M11" s="15"/>
+      <c r="N11" s="15"/>
       <c r="O11" s="33"/>
-      <c r="P11" s="23">
-[...7 lines deleted...]
-      </c>
+      <c r="P11" s="23"/>
+      <c r="Q11" s="23"/>
+      <c r="R11" s="15"/>
       <c r="S11" s="15"/>
-      <c r="T11" s="15" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="T11" s="15"/>
+      <c r="U11" s="15"/>
+    </row>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A12" s="22" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B12" s="14"/>
       <c r="C12" s="14"/>
       <c r="D12" s="14"/>
       <c r="E12" s="14"/>
       <c r="F12" s="14"/>
       <c r="G12" s="14"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="14"/>
       <c r="L12" s="14"/>
       <c r="M12" s="17"/>
       <c r="N12" s="17"/>
       <c r="O12" s="23">
         <v>3.5330547979700096E-2</v>
       </c>
-      <c r="P12" s="34"/>
-      <c r="Q12" s="34"/>
+      <c r="P12" s="34">
+        <v>4.0599999999999997E-2</v>
+      </c>
+      <c r="Q12" s="34">
+        <v>1.29E-2</v>
+      </c>
       <c r="R12" s="34"/>
       <c r="S12" s="34"/>
-      <c r="T12" s="15" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="T12" s="15"/>
+      <c r="U12" s="15"/>
+    </row>
+    <row r="13" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A13" s="28" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="29">
         <v>904253610</v>
       </c>
       <c r="C13" s="29">
         <v>960997890</v>
       </c>
       <c r="D13" s="29">
         <v>1047910995</v>
       </c>
       <c r="E13" s="29">
         <v>1139996222</v>
       </c>
       <c r="F13" s="29">
         <v>1205823960</v>
       </c>
       <c r="G13" s="29">
         <v>1239419705</v>
       </c>
       <c r="H13" s="29">
         <v>1285918181</v>
       </c>
       <c r="I13" s="29">
@@ -8051,176 +5153,182 @@
       <c r="L13" s="30">
         <v>1618231567</v>
       </c>
       <c r="M13" s="30">
         <v>1725228995</v>
       </c>
       <c r="N13" s="30">
         <v>1815071720</v>
       </c>
       <c r="O13" s="31">
         <v>1896523995</v>
       </c>
       <c r="P13" s="31">
         <v>1794716681</v>
       </c>
       <c r="Q13" s="31">
         <v>2068578847</v>
       </c>
       <c r="R13" s="31">
         <v>2135158582</v>
       </c>
       <c r="S13" s="31">
         <v>2358265204</v>
       </c>
       <c r="T13" s="31">
-        <v>2447138589.2399998</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:20" x14ac:dyDescent="0.25">
+        <v>2554424080.1612225</v>
+      </c>
+      <c r="U13" s="31">
+        <v>2610173203.3581266</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.25">
       <c r="K14" s="12"/>
     </row>
-    <row r="15" spans="1:20" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A15" s="6" t="s">
-        <v>118</v>
+        <v>34</v>
       </c>
       <c r="K15" s="12"/>
     </row>
-    <row r="16" spans="1:20" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>119</v>
+    <row r="16" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A16" s="39" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
-  <phoneticPr fontId="35" type="noConversion"/>
+  <phoneticPr fontId="23" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A16" r:id="rId1" xr:uid="{916AB985-EC0E-4667-AC2B-D14323204D90}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="0.5" bottom="0.5" header="0.25" footer="0.27"/>
   <pageSetup scale="32" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
   <tableParts count="1">
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:W120"/>
+  <dimension ref="A1:X120"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="T12" sqref="T12"/>
+      <selection activeCell="U19" sqref="U19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="31.33203125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.44140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="9.109375" customWidth="1"/>
     <col min="9" max="11" width="10" bestFit="1" customWidth="1"/>
     <col min="12" max="13" width="10.44140625" customWidth="1"/>
     <col min="14" max="14" width="10.6640625" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="10.6640625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="14.109375" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="13.5546875" bestFit="1" customWidth="1"/>
-    <col min="20" max="20" width="13.5546875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="23" max="23" width="14.44140625" bestFit="1" customWidth="1"/>
+    <col min="20" max="21" width="13.5546875" customWidth="1"/>
+    <col min="22" max="22" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="15.5546875" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="14.44140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A1" s="6" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:23" x14ac:dyDescent="0.25">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="2" spans="1:24" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>21</v>
       </c>
       <c r="N2" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="O2" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="O2" s="1" t="s">
+      <c r="P2" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="P2" s="1" t="s">
+      <c r="Q2" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="Q2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R2" s="1" t="s">
-        <v>109</v>
+        <v>31</v>
       </c>
       <c r="S2" s="1" t="s">
-        <v>112</v>
+        <v>33</v>
       </c>
       <c r="T2" s="1" t="s">
-        <v>113</v>
-[...5 lines deleted...]
-    <row r="3" spans="1:23" x14ac:dyDescent="0.25">
+        <v>36</v>
+      </c>
+      <c r="U2" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="V2" s="36" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="2">
         <v>28384929</v>
       </c>
       <c r="C3" s="2">
         <v>35971128</v>
       </c>
       <c r="D3" s="2">
         <v>44979003</v>
       </c>
       <c r="E3" s="2">
         <v>30951834</v>
       </c>
       <c r="F3" s="4">
         <v>33.5</v>
       </c>
       <c r="G3" s="4">
         <v>27.8</v>
       </c>
       <c r="H3" s="2">
         <v>26091278</v>
       </c>
       <c r="I3" s="2">
@@ -8237,56 +5345,59 @@
       </c>
       <c r="M3" s="2">
         <v>39494292</v>
       </c>
       <c r="N3" s="2">
         <v>44393380</v>
       </c>
       <c r="O3" s="2">
         <v>49812040</v>
       </c>
       <c r="P3" s="2">
         <v>20747242</v>
       </c>
       <c r="Q3" s="2">
         <v>56460058</v>
       </c>
       <c r="R3" s="2">
         <v>55027919</v>
       </c>
       <c r="S3" s="2">
         <v>63635978</v>
       </c>
       <c r="T3" s="2">
         <v>73691063</v>
       </c>
-      <c r="U3" s="20">
-[...4 lines deleted...]
-    <row r="4" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="U3" s="2">
+        <v>73418942</v>
+      </c>
+      <c r="V3" s="20">
+        <f>U3/$U$12</f>
+        <v>2.8127996220918453E-2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2">
         <v>42687770</v>
       </c>
       <c r="C4" s="2">
         <v>43448243</v>
       </c>
       <c r="D4" s="2">
         <v>41304003</v>
       </c>
       <c r="E4" s="2">
         <v>32993329</v>
       </c>
       <c r="F4" s="4">
         <v>30.4</v>
       </c>
       <c r="G4" s="4">
         <v>28.1</v>
       </c>
       <c r="H4" s="2">
         <v>27368288</v>
       </c>
       <c r="I4" s="2">
@@ -8303,56 +5414,59 @@
       </c>
       <c r="M4" s="2">
         <v>33390840</v>
       </c>
       <c r="N4" s="2">
         <v>36998672</v>
       </c>
       <c r="O4" s="2">
         <v>41404678</v>
       </c>
       <c r="P4" s="2">
         <v>17576926</v>
       </c>
       <c r="Q4" s="2">
         <v>42293747</v>
       </c>
       <c r="R4" s="2">
         <v>47348114</v>
       </c>
       <c r="S4" s="2">
         <v>48841930</v>
       </c>
       <c r="T4" s="2">
         <v>50186294</v>
       </c>
-      <c r="U4" s="20">
-[...4 lines deleted...]
-    <row r="5" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="U4" s="2">
+        <v>53259194</v>
+      </c>
+      <c r="V4" s="20">
+        <f t="shared" ref="V4:V7" si="0">U4/$U$12</f>
+        <v>2.0404467386102659E-2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="2">
         <v>342643584</v>
       </c>
       <c r="C5" s="2">
         <v>379348409</v>
       </c>
       <c r="D5" s="2">
         <v>420266082</v>
       </c>
       <c r="E5" s="2">
         <v>452724861</v>
       </c>
       <c r="F5" s="4">
         <v>493.95538699999997</v>
       </c>
       <c r="G5" s="4">
         <v>526.29999999999995</v>
       </c>
       <c r="H5" s="2">
         <v>549199935</v>
       </c>
       <c r="I5" s="2">
@@ -8361,66 +5475,68 @@
       <c r="J5" s="2">
         <v>589676013</v>
       </c>
       <c r="K5" s="2">
         <v>634196388</v>
       </c>
       <c r="L5" s="2">
         <v>701519934</v>
       </c>
       <c r="M5" s="2">
         <v>758276678</v>
       </c>
       <c r="N5" s="2">
         <v>805031577</v>
       </c>
       <c r="O5" s="2">
         <v>853868342</v>
       </c>
       <c r="P5" s="2">
         <v>865871812</v>
       </c>
       <c r="Q5" s="2">
         <v>875326627</v>
       </c>
       <c r="R5" s="2">
-        <f>SUM('FY23 Table A'!D14:E14)-'FY23 Table A'!D9</f>
         <v>932180184.09000003</v>
       </c>
       <c r="S5" s="2">
         <f>(1019740737-48841930)</f>
         <v>970898807</v>
       </c>
       <c r="T5" s="2">
         <v>1023974539</v>
       </c>
-      <c r="U5" s="20">
+      <c r="U5" s="2">
+        <v>1126972536.3099999</v>
+      </c>
+      <c r="V5" s="20">
         <f t="shared" si="0"/>
-        <v>0.4184374941012281</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:23" x14ac:dyDescent="0.25">
+        <v>0.43176159147603305</v>
+      </c>
+    </row>
+    <row r="6" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="2">
         <v>207741730</v>
       </c>
       <c r="C6" s="2">
         <v>209783869</v>
       </c>
       <c r="D6" s="2">
         <v>203044685</v>
       </c>
       <c r="E6" s="2">
         <v>214078316</v>
       </c>
       <c r="F6" s="4">
         <v>245.4</v>
       </c>
       <c r="G6" s="4">
         <v>263.2</v>
       </c>
       <c r="H6" s="2">
         <v>274308633</v>
       </c>
       <c r="I6" s="2">
@@ -8437,56 +5553,59 @@
       </c>
       <c r="M6" s="2">
         <v>330457432</v>
       </c>
       <c r="N6" s="2">
         <v>306893839</v>
       </c>
       <c r="O6" s="2">
         <v>325657129</v>
       </c>
       <c r="P6" s="2">
         <v>317030346</v>
       </c>
       <c r="Q6" s="2">
         <v>364436040.90399998</v>
       </c>
       <c r="R6" s="2">
         <v>425272420.65000004</v>
       </c>
       <c r="S6" s="2">
         <v>441992569</v>
       </c>
       <c r="T6" s="2">
         <v>479003210.40000004</v>
       </c>
-      <c r="U6" s="20">
+      <c r="U6" s="2">
+        <v>466835634.16122252</v>
+      </c>
+      <c r="V6" s="20">
         <f t="shared" si="0"/>
-        <v>0.19574012379444458</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:23" x14ac:dyDescent="0.25">
+        <v>0.1788523587479228</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2">
         <v>259018609</v>
       </c>
       <c r="C7" s="2">
         <v>286315764</v>
       </c>
       <c r="D7" s="2">
         <v>308689161</v>
       </c>
       <c r="E7" s="2">
         <v>331191932</v>
       </c>
       <c r="F7" s="4">
         <v>354.33352200000002</v>
       </c>
       <c r="G7" s="4">
         <v>375</v>
       </c>
       <c r="H7" s="2">
         <v>394797521</v>
       </c>
       <c r="I7" s="2">
@@ -8495,293 +5614,305 @@
       <c r="J7" s="2">
         <v>428830955</v>
       </c>
       <c r="K7" s="2">
         <v>470939040</v>
       </c>
       <c r="L7" s="2">
         <v>494677982</v>
       </c>
       <c r="M7" s="2">
         <v>531621064</v>
       </c>
       <c r="N7" s="2">
         <v>601696643</v>
       </c>
       <c r="O7" s="2">
         <v>625801316</v>
       </c>
       <c r="P7" s="2">
         <v>573173614</v>
       </c>
       <c r="Q7" s="2">
         <v>600622745.87615561</v>
       </c>
       <c r="R7" s="2">
-        <f>'FY23 Table A'!G15+'FY23 Table A'!G18+SUM('FY23 Table A'!G29:G36)</f>
         <v>683239270.68999994</v>
       </c>
       <c r="S7" s="2">
         <f>(8330+4933227+204992324+88972043+7291805+37069628+305113669+57287657+25001785)</f>
         <v>730670468</v>
       </c>
       <c r="T7" s="2">
         <v>820283482.83999991</v>
       </c>
-      <c r="U7" s="20">
+      <c r="U7" s="2">
+        <v>889686896.88690448</v>
+      </c>
+      <c r="V7" s="20">
         <f t="shared" si="0"/>
-        <v>0.33520107379564179</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:23" x14ac:dyDescent="0.25">
+        <v>0.34085358616902317</v>
+      </c>
+    </row>
+    <row r="8" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
       <c r="K8" s="2"/>
       <c r="L8" s="2"/>
       <c r="M8" s="2"/>
       <c r="N8" s="2"/>
       <c r="O8" s="2"/>
       <c r="P8" s="2"/>
       <c r="Q8" s="2">
         <v>68990666</v>
       </c>
       <c r="R8" s="2"/>
       <c r="S8" s="2"/>
       <c r="T8" s="2"/>
-      <c r="U8" s="21"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="U8" s="2"/>
+      <c r="V8" s="21"/>
+    </row>
+    <row r="9" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
         <v>22337843</v>
       </c>
       <c r="F9" s="4">
         <v>15.5</v>
       </c>
       <c r="G9" s="4"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
       <c r="N9" s="2"/>
       <c r="O9" s="2"/>
       <c r="P9" s="2"/>
       <c r="Q9" s="2"/>
       <c r="R9" s="2"/>
       <c r="S9" s="2"/>
       <c r="T9" s="2"/>
-      <c r="V9" s="2"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="U9" s="2"/>
+      <c r="W9" s="2"/>
+    </row>
+    <row r="10" spans="1:24" x14ac:dyDescent="0.25">
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
-      <c r="V10" s="2"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W10" s="2"/>
+    </row>
+    <row r="11" spans="1:24" x14ac:dyDescent="0.25">
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
       <c r="Q11" s="2"/>
       <c r="R11" s="2"/>
       <c r="S11" s="2"/>
       <c r="T11" s="2"/>
-      <c r="V11" s="35"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="U11" s="2"/>
+      <c r="W11" s="35"/>
+    </row>
+    <row r="12" spans="1:24" x14ac:dyDescent="0.25">
       <c r="B12" s="2">
         <v>880476622</v>
       </c>
       <c r="C12" s="2">
         <v>954867413</v>
       </c>
       <c r="D12" s="2">
         <v>1018282934</v>
       </c>
       <c r="E12" s="2">
         <v>1084278115</v>
       </c>
       <c r="F12" s="3">
         <v>1173.0889090000001</v>
       </c>
       <c r="G12" s="3">
         <v>1220.3999999999999</v>
       </c>
       <c r="H12" s="2">
         <v>1271765655</v>
       </c>
       <c r="I12" s="2">
         <v>1290707381</v>
       </c>
       <c r="J12" s="2">
         <v>1351695799</v>
       </c>
       <c r="K12" s="2">
         <v>1468721171</v>
       </c>
       <c r="L12" s="2">
         <v>1584552630</v>
       </c>
       <c r="M12" s="2">
         <v>1693240306</v>
       </c>
       <c r="N12" s="2">
         <v>1795014111</v>
       </c>
       <c r="O12" s="2">
         <v>1896543505</v>
       </c>
       <c r="P12" s="2">
         <v>1794399940</v>
       </c>
       <c r="Q12" s="2">
         <v>2008129884.7801557</v>
       </c>
       <c r="R12" s="2">
-        <f>SUM(R3:R8)</f>
         <v>2143067908.4299998</v>
       </c>
       <c r="S12" s="2">
         <f>SUM(S3:S8)</f>
         <v>2256039752</v>
       </c>
       <c r="T12" s="2">
         <f>SUM(T3:T8)</f>
         <v>2447138589.2399998</v>
       </c>
-      <c r="W12" s="2"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="U12" s="2">
+        <f>SUM(U3:U8)</f>
+        <v>2610173203.3581266</v>
+      </c>
+      <c r="X12" s="2"/>
+    </row>
+    <row r="13" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A13" s="7"/>
       <c r="B13" s="8"/>
       <c r="C13" s="8"/>
       <c r="D13" s="8"/>
       <c r="E13" s="8"/>
       <c r="F13" s="9"/>
       <c r="G13" s="9"/>
       <c r="H13" s="10"/>
       <c r="I13" s="10"/>
       <c r="J13" s="7"/>
       <c r="K13" s="7"/>
       <c r="L13" s="7"/>
       <c r="M13" s="7"/>
       <c r="N13" s="7"/>
       <c r="O13" s="7"/>
       <c r="P13" s="7"/>
       <c r="Q13" s="7"/>
       <c r="R13" s="7"/>
       <c r="S13" s="7"/>
       <c r="T13" s="7"/>
-    </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="U13" s="7"/>
+    </row>
+    <row r="14" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A14" s="6" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:23" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24" x14ac:dyDescent="0.25">
       <c r="B15" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J15" s="1" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="1" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="1" t="s">
         <v>21</v>
       </c>
       <c r="N15" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="O15" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="O15" s="1" t="s">
+      <c r="P15" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="P15" s="1" t="s">
+      <c r="Q15" s="36" t="s">
         <v>25</v>
       </c>
-      <c r="Q15" s="229" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R15" s="1" t="s">
-        <v>109</v>
+        <v>31</v>
       </c>
       <c r="S15" s="1" t="s">
-        <v>112</v>
-[...6 lines deleted...]
-    <row r="16" spans="1:23" x14ac:dyDescent="0.25">
+        <v>33</v>
+      </c>
+      <c r="T15" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="U15" s="1"/>
+      <c r="W15" s="37" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="2">
         <v>31064641</v>
       </c>
       <c r="C16" s="2">
         <v>37715932</v>
       </c>
       <c r="D16" s="2">
         <v>30951834</v>
       </c>
       <c r="E16" s="2">
         <v>14164594</v>
       </c>
       <c r="F16" s="2">
         <v>47037512</v>
       </c>
       <c r="G16" s="2">
         <v>28313301</v>
       </c>
       <c r="H16" s="2">
         <v>27939202</v>
       </c>
       <c r="I16" s="2">
@@ -8795,53 +5926,60 @@
       </c>
       <c r="L16" s="2">
         <v>37204097</v>
       </c>
       <c r="M16" s="2">
         <v>39494292</v>
       </c>
       <c r="N16" s="2">
         <v>44393380</v>
       </c>
       <c r="O16" s="2">
         <v>49812040</v>
       </c>
       <c r="P16" s="2">
         <v>20747242</v>
       </c>
       <c r="Q16" s="2">
         <v>56460058</v>
       </c>
       <c r="R16" s="2">
         <v>55027919</v>
       </c>
       <c r="S16" s="2">
         <v>63635978</v>
       </c>
-      <c r="W16" s="2"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="T16" s="2">
+        <v>73691063</v>
+      </c>
+      <c r="V16" s="20">
+        <f>T16/$T$24</f>
+        <v>2.8848406015397798E-2</v>
+      </c>
+      <c r="X16" s="2"/>
+    </row>
+    <row r="17" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="2">
         <v>41404544</v>
       </c>
       <c r="C17" s="2">
         <v>41703439</v>
       </c>
       <c r="D17" s="2">
         <v>32993329</v>
       </c>
       <c r="E17" s="2">
         <v>21288149</v>
       </c>
       <c r="F17" s="2">
         <v>27321478</v>
       </c>
       <c r="G17" s="2">
         <v>27629835</v>
       </c>
       <c r="H17" s="2">
         <v>26960916</v>
       </c>
       <c r="I17" s="2">
@@ -8855,115 +5993,127 @@
       </c>
       <c r="L17" s="2">
         <v>32188645</v>
       </c>
       <c r="M17" s="2">
         <v>33390840</v>
       </c>
       <c r="N17" s="2">
         <v>36998672</v>
       </c>
       <c r="O17" s="2">
         <v>41404678</v>
       </c>
       <c r="P17" s="2">
         <v>17576926</v>
       </c>
       <c r="Q17" s="2">
         <v>42293747</v>
       </c>
       <c r="R17" s="2">
         <v>47348114</v>
       </c>
       <c r="S17" s="2">
         <v>48841930</v>
       </c>
-      <c r="W17" s="3"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="T17" s="2">
+        <v>50186291</v>
+      </c>
+      <c r="V17" s="20">
+        <f t="shared" ref="V17:V20" si="1">T17/$T$24</f>
+        <v>1.9646812520195352E-2</v>
+      </c>
+      <c r="X17" s="3"/>
+    </row>
+    <row r="18" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="2">
         <v>354597250</v>
       </c>
       <c r="C18" s="2">
         <v>385651015</v>
       </c>
       <c r="D18" s="2">
         <v>431706096</v>
       </c>
       <c r="E18" s="2">
         <v>464384205</v>
       </c>
       <c r="F18" s="2">
         <v>495142761</v>
       </c>
       <c r="G18" s="2">
         <v>529902053</v>
       </c>
       <c r="H18" s="2">
         <v>539272116</v>
       </c>
       <c r="I18" s="2">
         <v>565118671</v>
       </c>
       <c r="J18" s="2">
         <v>600331717</v>
       </c>
       <c r="K18" s="2">
         <v>661514263</v>
       </c>
       <c r="L18" s="2">
         <v>712909737</v>
       </c>
       <c r="M18" s="2">
         <v>768600454</v>
       </c>
       <c r="N18" s="2">
         <v>809518586</v>
       </c>
       <c r="O18" s="2">
         <v>857739030</v>
       </c>
       <c r="P18" s="2">
         <v>843989238</v>
       </c>
       <c r="Q18" s="2">
-        <f>'FY23 Table A'!C14-'FY23 Table A'!C9</f>
         <v>894183256</v>
       </c>
       <c r="R18" s="2">
-        <f>(979131491-47348114)</f>
         <v>931783377</v>
       </c>
       <c r="S18" s="2">
         <v>989745732</v>
       </c>
-      <c r="W18" s="3"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="T18" s="2">
+        <v>1086200328</v>
+      </c>
+      <c r="V18" s="20">
+        <f t="shared" si="1"/>
+        <v>0.42522317904685758</v>
+      </c>
+      <c r="X18" s="3"/>
+    </row>
+    <row r="19" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="2">
         <v>200151978</v>
       </c>
       <c r="C19" s="2">
         <v>197296625</v>
       </c>
       <c r="D19" s="2">
         <v>207421370</v>
       </c>
       <c r="E19" s="2">
         <v>244204585</v>
       </c>
       <c r="F19" s="2">
         <v>267795881</v>
       </c>
       <c r="G19" s="2">
         <v>279745446</v>
       </c>
       <c r="H19" s="2">
         <v>269571978</v>
       </c>
       <c r="I19" s="2">
@@ -8977,53 +6127,60 @@
       </c>
       <c r="L19" s="2">
         <v>328323330</v>
       </c>
       <c r="M19" s="2">
         <v>299116802</v>
       </c>
       <c r="N19" s="2">
         <v>313131855</v>
       </c>
       <c r="O19" s="2">
         <v>313891432</v>
       </c>
       <c r="P19" s="2">
         <v>350756536</v>
       </c>
       <c r="Q19" s="2">
         <v>405021353</v>
       </c>
       <c r="R19" s="2">
         <v>420945304</v>
       </c>
       <c r="S19" s="2">
         <v>460580010</v>
       </c>
-      <c r="W19" s="2"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="T19" s="2">
+        <v>466835634.16122252</v>
+      </c>
+      <c r="V19" s="20">
+        <f t="shared" si="1"/>
+        <v>0.18275572869316131</v>
+      </c>
+      <c r="X19" s="2"/>
+    </row>
+    <row r="20" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="2">
         <v>277035197</v>
       </c>
       <c r="C20" s="2">
         <v>298630879</v>
       </c>
       <c r="D20" s="2">
         <v>322500523</v>
       </c>
       <c r="E20" s="2">
         <v>345124426</v>
       </c>
       <c r="F20" s="2">
         <v>363466153</v>
       </c>
       <c r="G20" s="2">
         <v>373829070</v>
       </c>
       <c r="H20" s="2">
         <v>422173969</v>
       </c>
       <c r="I20" s="2">
@@ -9033,273 +6190,283 @@
         <v>435724113</v>
       </c>
       <c r="K20" s="2">
         <v>467417973</v>
       </c>
       <c r="L20" s="2">
         <v>507605758</v>
       </c>
       <c r="M20" s="2">
         <v>584626607</v>
       </c>
       <c r="N20" s="2">
         <v>611029227</v>
       </c>
       <c r="O20" s="2">
         <f>633676815-67005232</f>
         <v>566671583</v>
       </c>
       <c r="P20" s="2">
         <v>488860845</v>
       </c>
       <c r="Q20" s="2">
         <v>644021746</v>
       </c>
       <c r="R20" s="2">
-        <f>(7993+4698311+200972867+35643873+267848257+139294952+31587675)</f>
         <v>680053928</v>
       </c>
       <c r="S20" s="2">
         <v>795461554</v>
       </c>
-    </row>
-    <row r="21" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="T20" s="2">
+        <v>877510764</v>
+      </c>
+      <c r="V20" s="20">
+        <f t="shared" si="1"/>
+        <v>0.34352587372438798</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A21" s="12" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
       <c r="K21" s="2"/>
       <c r="L21" s="2"/>
       <c r="M21" s="2"/>
       <c r="N21" s="2"/>
       <c r="O21" s="2">
         <v>67005232</v>
       </c>
       <c r="P21" s="2">
         <v>72785894</v>
       </c>
       <c r="Q21" s="2">
         <v>26598687</v>
       </c>
       <c r="R21" s="2"/>
     </row>
-    <row r="22" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>12</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2">
         <v>22337843</v>
       </c>
       <c r="E22" s="2">
         <v>50830263</v>
       </c>
       <c r="F22" s="2">
         <v>5060175</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="N22" s="2"/>
       <c r="Q22" s="2"/>
       <c r="R22" s="2"/>
       <c r="S22" s="2"/>
       <c r="T22" s="2"/>
-    </row>
-    <row r="23" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="U22" s="2"/>
+    </row>
+    <row r="23" spans="1:24" x14ac:dyDescent="0.25">
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="Q23" s="3"/>
       <c r="R23" s="3"/>
       <c r="S23" s="3"/>
       <c r="T23" s="3"/>
-    </row>
-    <row r="24" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="U23" s="3"/>
+    </row>
+    <row r="24" spans="1:24" x14ac:dyDescent="0.25">
       <c r="B24" s="2">
         <v>904253610</v>
       </c>
       <c r="C24" s="2">
         <v>960997890</v>
       </c>
       <c r="D24" s="2">
         <v>1047910995</v>
       </c>
       <c r="E24" s="2">
         <v>1139996222</v>
       </c>
       <c r="F24" s="2">
         <v>1205823960</v>
       </c>
       <c r="G24" s="2">
         <v>1239419705</v>
       </c>
       <c r="H24" s="2">
         <v>1285918181</v>
       </c>
       <c r="I24" s="2">
         <v>1302030380</v>
       </c>
       <c r="J24" s="2">
         <v>1393137000</v>
       </c>
       <c r="K24" s="2">
         <v>1502743913</v>
       </c>
       <c r="L24" s="2">
         <v>1618231567</v>
       </c>
       <c r="M24" s="2">
         <v>1725228995</v>
       </c>
       <c r="N24" s="2">
         <v>1815071720</v>
       </c>
       <c r="O24" s="2">
         <v>1896523995</v>
       </c>
       <c r="P24" s="2">
         <v>1794716681</v>
       </c>
       <c r="Q24" s="2">
-        <f>SUM(Q16:Q21)</f>
         <v>2068578847</v>
       </c>
       <c r="R24" s="2">
-        <f>SUM(R16:R21)</f>
         <v>2135158642</v>
       </c>
       <c r="S24" s="2">
         <f>SUM(S16:S21)</f>
         <v>2358265204</v>
       </c>
-    </row>
-    <row r="25" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="T24" s="2">
+        <f>SUM(T16:T21)</f>
+        <v>2554424080.1612225</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A25" s="7"/>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="7"/>
-    </row>
-    <row r="26" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="U25" s="7"/>
+    </row>
+    <row r="26" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A26" s="6" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:23" x14ac:dyDescent="0.25">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24" x14ac:dyDescent="0.25">
       <c r="B27" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J27" s="1" t="s">
         <v>17</v>
       </c>
       <c r="K27" s="1" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="1" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="1" t="s">
         <v>21</v>
       </c>
       <c r="N27" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="O27" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="O27" s="1" t="s">
+      <c r="P27" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="P27" s="1" t="s">
+      <c r="Q27" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="Q27" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R27" s="1" t="s">
-        <v>109</v>
+        <v>31</v>
       </c>
       <c r="S27" s="1" t="s">
-        <v>112</v>
+        <v>33</v>
       </c>
       <c r="T27" s="1" t="s">
-        <v>113</v>
-[...8 lines deleted...]
-    <row r="28" spans="1:23" x14ac:dyDescent="0.25">
+        <v>36</v>
+      </c>
+      <c r="U27" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="V27" s="36"/>
+      <c r="W27" s="38"/>
+    </row>
+    <row r="28" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="11">
         <v>31064641</v>
       </c>
       <c r="C28" s="11">
         <v>37715932</v>
       </c>
       <c r="D28" s="11">
         <v>30951834</v>
       </c>
       <c r="E28" s="11">
         <v>14164594</v>
       </c>
       <c r="F28" s="11">
         <v>47037512</v>
       </c>
       <c r="G28" s="11">
         <v>28313301</v>
       </c>
       <c r="H28" s="11">
         <v>27939202</v>
       </c>
       <c r="I28" s="11">
@@ -9316,56 +6483,56 @@
       </c>
       <c r="M28" s="11">
         <v>39494292</v>
       </c>
       <c r="N28" s="11">
         <v>44393380</v>
       </c>
       <c r="O28" s="11">
         <v>49812040</v>
       </c>
       <c r="P28" s="11">
         <v>20747242</v>
       </c>
       <c r="Q28" s="11">
         <v>56460058</v>
       </c>
       <c r="R28" s="11">
         <v>55027919</v>
       </c>
       <c r="S28" s="11">
         <v>63635978</v>
       </c>
       <c r="T28" s="11">
         <v>73691063</v>
       </c>
-      <c r="U28" s="20">
-[...4 lines deleted...]
-    <row r="29" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="U28" s="11">
+        <v>73418942</v>
+      </c>
+      <c r="V28" s="20"/>
+    </row>
+    <row r="29" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="11">
         <v>41404544</v>
       </c>
       <c r="C29" s="11">
         <v>41703439</v>
       </c>
       <c r="D29" s="11">
         <v>32993329</v>
       </c>
       <c r="E29" s="11">
         <v>21288149</v>
       </c>
       <c r="F29" s="11">
         <v>27321478</v>
       </c>
       <c r="G29" s="11">
         <v>27629835</v>
       </c>
       <c r="H29" s="11">
         <v>26960916</v>
       </c>
       <c r="I29" s="11">
@@ -9380,58 +6547,58 @@
       <c r="L29" s="11">
         <v>32188645</v>
       </c>
       <c r="M29" s="11">
         <v>33390840</v>
       </c>
       <c r="N29" s="11">
         <v>36998672</v>
       </c>
       <c r="O29" s="11">
         <v>41404678</v>
       </c>
       <c r="P29" s="11">
         <v>17576926</v>
       </c>
       <c r="Q29" s="11">
         <v>42293747</v>
       </c>
       <c r="R29" s="11">
         <v>47348114</v>
       </c>
       <c r="S29" s="11">
         <v>48841930</v>
       </c>
       <c r="T29" s="11">
-        <v>50186294</v>
-[...6 lines deleted...]
-    <row r="30" spans="1:23" x14ac:dyDescent="0.25">
+        <v>50186291</v>
+      </c>
+      <c r="U29" s="11">
+        <v>53259194</v>
+      </c>
+      <c r="V29" s="20"/>
+    </row>
+    <row r="30" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>9</v>
       </c>
       <c r="B30" s="11">
         <v>354597250</v>
       </c>
       <c r="C30" s="11">
         <v>385651015</v>
       </c>
       <c r="D30" s="11">
         <v>431706096</v>
       </c>
       <c r="E30" s="11">
         <v>464384205</v>
       </c>
       <c r="F30" s="11">
         <v>495142761</v>
       </c>
       <c r="G30" s="11">
         <v>529902053</v>
       </c>
       <c r="H30" s="11">
         <v>539272116</v>
       </c>
       <c r="I30" s="11">
@@ -9440,65 +6607,64 @@
       <c r="J30" s="11">
         <v>600331717</v>
       </c>
       <c r="K30" s="11">
         <v>661514263</v>
       </c>
       <c r="L30" s="11">
         <v>712909737</v>
       </c>
       <c r="M30" s="11">
         <v>768600454</v>
       </c>
       <c r="N30" s="11">
         <v>809518586</v>
       </c>
       <c r="O30" s="11">
         <v>857739030</v>
       </c>
       <c r="P30" s="11">
         <v>843989238</v>
       </c>
       <c r="Q30" s="11">
         <v>894183256</v>
       </c>
       <c r="R30" s="11">
-        <f>(979131491-47348114)</f>
         <v>931783377</v>
       </c>
       <c r="S30" s="11">
         <v>989745732</v>
       </c>
       <c r="T30" s="11">
-        <v>1023974539</v>
-[...6 lines deleted...]
-    <row r="31" spans="1:23" x14ac:dyDescent="0.25">
+        <v>1086200328</v>
+      </c>
+      <c r="U30" s="11">
+        <v>1126972536.3099999</v>
+      </c>
+      <c r="V30" s="20"/>
+    </row>
+    <row r="31" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31" s="11">
         <v>200151978</v>
       </c>
       <c r="C31" s="11">
         <v>197296625</v>
       </c>
       <c r="D31" s="11">
         <v>207421370</v>
       </c>
       <c r="E31" s="11">
         <v>244204585</v>
       </c>
       <c r="F31" s="11">
         <v>267795881</v>
       </c>
       <c r="G31" s="11">
         <v>279745446</v>
       </c>
       <c r="H31" s="11">
         <v>269571978</v>
       </c>
       <c r="I31" s="11">
@@ -9513,58 +6679,58 @@
       <c r="L31" s="11">
         <v>328323330</v>
       </c>
       <c r="M31" s="11">
         <v>299116802</v>
       </c>
       <c r="N31" s="11">
         <v>313131855</v>
       </c>
       <c r="O31" s="11">
         <v>313891432</v>
       </c>
       <c r="P31" s="11">
         <v>350756536</v>
       </c>
       <c r="Q31" s="11">
         <v>405021353</v>
       </c>
       <c r="R31" s="11">
         <v>420945304</v>
       </c>
       <c r="S31" s="11">
         <v>460580010</v>
       </c>
       <c r="T31" s="11">
-        <v>479003210.40000004</v>
-[...6 lines deleted...]
-    <row r="32" spans="1:23" x14ac:dyDescent="0.25">
+        <v>466835634.16122252</v>
+      </c>
+      <c r="U31" s="11">
+        <v>466835634.16122252</v>
+      </c>
+      <c r="V31" s="20"/>
+    </row>
+    <row r="32" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" s="11">
         <v>277035197</v>
       </c>
       <c r="C32" s="11">
         <v>298630879</v>
       </c>
       <c r="D32" s="11">
         <v>322500523</v>
       </c>
       <c r="E32" s="11">
         <v>345124426</v>
       </c>
       <c r="F32" s="11">
         <v>363466153</v>
       </c>
       <c r="G32" s="11">
         <v>373829070</v>
       </c>
       <c r="H32" s="11">
         <v>422173969</v>
       </c>
       <c r="I32" s="11">
@@ -9573,137 +6739,133 @@
       <c r="J32" s="11">
         <v>435724113</v>
       </c>
       <c r="K32" s="11">
         <v>467417973</v>
       </c>
       <c r="L32" s="11">
         <v>507605758</v>
       </c>
       <c r="M32" s="11">
         <v>584626607</v>
       </c>
       <c r="N32" s="11">
         <v>611029227</v>
       </c>
       <c r="O32" s="11">
         <v>566671583</v>
       </c>
       <c r="P32" s="11">
         <v>488860845</v>
       </c>
       <c r="Q32" s="11">
         <v>644021746</v>
       </c>
       <c r="R32" s="11">
-        <f>(7993+4698311+200972867+35643873+267848257+139294952+31587675)</f>
         <v>680053928</v>
       </c>
       <c r="S32" s="11">
         <v>795461554</v>
       </c>
       <c r="T32" s="11">
-        <v>820283482.83999991</v>
-[...6 lines deleted...]
-    <row r="33" spans="1:21" x14ac:dyDescent="0.25">
+        <v>877510764</v>
+      </c>
+      <c r="U32" s="11">
+        <v>889686896.88690448</v>
+      </c>
+      <c r="V32" s="20"/>
+    </row>
+    <row r="33" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B33" s="11"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="11"/>
       <c r="F33" s="11"/>
       <c r="G33" s="11"/>
       <c r="H33" s="11"/>
       <c r="I33" s="11"/>
       <c r="J33" s="11"/>
       <c r="K33" s="11"/>
       <c r="L33" s="11"/>
       <c r="M33" s="11"/>
       <c r="N33" s="11"/>
       <c r="O33" s="11">
         <v>67005232</v>
       </c>
       <c r="P33" s="11">
         <v>72785894</v>
       </c>
       <c r="Q33" s="11">
         <v>26598687</v>
       </c>
       <c r="R33" s="11"/>
       <c r="S33" s="11"/>
       <c r="T33" s="11"/>
-      <c r="U33" s="20">
-[...4 lines deleted...]
-    <row r="34" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="U33" s="11"/>
+      <c r="V33" s="20"/>
+    </row>
+    <row r="34" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A34" s="12" t="s">
-        <v>106</v>
+        <v>30</v>
       </c>
       <c r="B34" s="11"/>
       <c r="C34" s="11"/>
       <c r="D34" s="11">
         <v>22337843</v>
       </c>
       <c r="E34" s="11">
         <v>50830263</v>
       </c>
       <c r="F34" s="11">
         <v>5060175</v>
       </c>
       <c r="G34" s="11"/>
       <c r="H34" s="11"/>
       <c r="O34" s="11"/>
       <c r="Q34" s="11"/>
       <c r="R34" s="11"/>
       <c r="S34" s="11"/>
       <c r="T34" s="11"/>
-      <c r="U34" s="21">
-[...4 lines deleted...]
-    <row r="35" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="U34" s="11"/>
+      <c r="V34" s="21"/>
+    </row>
+    <row r="35" spans="1:22" x14ac:dyDescent="0.25">
       <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="R35" s="3"/>
     </row>
-    <row r="36" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:22" x14ac:dyDescent="0.25">
       <c r="R36" s="2"/>
       <c r="S36" s="2"/>
       <c r="T36" s="2"/>
-    </row>
-    <row r="37" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="U36" s="2"/>
+    </row>
+    <row r="37" spans="1:22" x14ac:dyDescent="0.25">
       <c r="B37" s="2">
         <v>904253610</v>
       </c>
       <c r="C37" s="2">
         <v>960997890</v>
       </c>
       <c r="D37" s="2">
         <v>1047910995</v>
       </c>
       <c r="E37" s="2">
         <v>1139996222</v>
       </c>
       <c r="F37" s="2">
         <v>1205823960</v>
       </c>
       <c r="G37" s="2">
         <v>1239419705</v>
       </c>
       <c r="H37" s="2">
         <v>1285918181</v>
       </c>
       <c r="I37" s="2">
         <v>1302030380</v>
       </c>
       <c r="J37" s="2">
@@ -9715,4033 +6877,109 @@
       <c r="L37" s="2">
         <v>1618231567</v>
       </c>
       <c r="M37" s="2">
         <v>1725228995</v>
       </c>
       <c r="N37" s="2">
         <v>1815071720</v>
       </c>
       <c r="O37" s="2">
         <v>1896523995</v>
       </c>
       <c r="P37" s="2">
         <v>1794716681</v>
       </c>
       <c r="Q37" s="2">
         <v>2068578847</v>
       </c>
       <c r="R37" s="2">
         <v>2135158642</v>
       </c>
       <c r="S37" s="2">
         <v>2358265204</v>
       </c>
       <c r="T37" s="2">
-        <v>2447138589.2399998</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:21" x14ac:dyDescent="0.25">
+        <v>2554424080.1612225</v>
+      </c>
+      <c r="U37" s="2">
+        <v>2610173203.3581266</v>
+      </c>
+    </row>
+    <row r="39" spans="1:22" x14ac:dyDescent="0.25">
       <c r="J39" s="11"/>
       <c r="K39" s="11"/>
     </row>
     <row r="119" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B119" s="1"/>
       <c r="C119" s="1"/>
       <c r="D119" s="1"/>
     </row>
     <row r="120" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
         <v>14</v>
       </c>
       <c r="B120" s="5">
         <f>SUM(B119:B119)</f>
         <v>0</v>
       </c>
       <c r="C120" s="5">
         <f>SUM(C119:C119)</f>
         <v>0</v>
       </c>
       <c r="D120" s="5">
         <f>SUM(D119:D119)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
-</worksheet>
-[...3923 lines deleted...]
-  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Visual chart</vt:lpstr>
       <vt:lpstr>Revenue table</vt:lpstr>
       <vt:lpstr>CF Summary</vt:lpstr>
-      <vt:lpstr>FY23 Table A</vt:lpstr>
-      <vt:lpstr>FY22 Table A</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase>www.colorado.edu/bfp</HyperlinkBase>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>CU Boulder Revenue History Breakout</dc:title>
   <dc:creator/>
   <dc:description>CU Boulder's sources of revenue broken out by percentage of total revenue by fiscal year.</dc:description>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Budget, Higher education</cp:category>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>