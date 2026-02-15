--- v0 (2025-10-11)
+++ v1 (2026-02-15)
@@ -1,66 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29721"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\New X Drive\Personnel Administration\2_Faculty Affairs\Reappointments\Reappointment Mail-Merge Documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BEC8F0A0-37C9-4FFB-9A2A-55CF66367114}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0A8B722E-AF41-4C38-96C0-06B1CE5BA1FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{B0C238E0-DF65-453D-B0E2-00532C8B992E}"/>
   </bookViews>
   <sheets>
     <sheet name="MM.DD.YY" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'MM.DD.YY'!$AN$11:$BE$14</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="BG15" i="1" l="1"/>
   <c r="BG16" i="1"/>
   <c r="BG17" i="1"/>
   <c r="BG18" i="1"/>
@@ -223,447 +227,451 @@
   <c r="BH87" i="1"/>
   <c r="BH88" i="1"/>
   <c r="BH89" i="1"/>
   <c r="BH90" i="1"/>
   <c r="BH91" i="1"/>
   <c r="BH92" i="1"/>
   <c r="BH93" i="1"/>
   <c r="BH94" i="1"/>
   <c r="BH95" i="1"/>
   <c r="BH96" i="1"/>
   <c r="BH97" i="1"/>
   <c r="BH98" i="1"/>
   <c r="BH99" i="1"/>
   <c r="BH100" i="1"/>
   <c r="BH101" i="1"/>
   <c r="BH14" i="1"/>
   <c r="C16" i="1"/>
   <c r="C14" i="1"/>
   <c r="C15" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="87">
   <si>
+    <r>
+      <rPr>
+        <sz val="22"/>
+        <color rgb="FFFFFFFF"/>
+        <rFont val="Segoe UI Semibold"/>
+      </rPr>
+      <t xml:space="preserve">FACULTY CONTRACT SPREADSHEET          </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color rgb="FFFFFFFF"/>
+        <rFont val="Segoe UI Semibold"/>
+      </rPr>
+      <t>Last Update: January 2026</t>
+    </r>
+  </si>
+  <si>
     <t>DEPARTMENT INFORMATION</t>
   </si>
   <si>
     <t>LINKED RESOURCES</t>
   </si>
   <si>
     <t>Dept. Name:</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>HRSC Website</t>
   </si>
   <si>
+    <t>9 Pay 12 Faculty Election (new multi-year faculty)</t>
+  </si>
+  <si>
     <t>Org #:</t>
   </si>
   <si>
     <t>Cherwell/Ticket Portal</t>
   </si>
   <si>
+    <t>Academic Resources - Summer Resources</t>
+  </si>
+  <si>
     <t>Contact:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Contract Proration Calculator </t>
+  </si>
+  <si>
+    <t>Faculty Job Codes &amp; Definitions</t>
   </si>
   <si>
     <t>CHERWELL INFORMATION</t>
   </si>
   <si>
+    <t>Offer Letter Templates (OFA)</t>
+  </si>
+  <si>
     <t xml:space="preserve">Ticket #: </t>
   </si>
   <si>
+    <t xml:space="preserve">Office of Faculty Affairs Website </t>
+  </si>
+  <si>
     <t>Send completed spreadsheet to:</t>
+  </si>
+  <si>
+    <t>HRSC@colorado.edu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Calculated Information </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">EMPLOYEE INFO. </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="13"/>
+        <color rgb="FFFFFF00"/>
+        <rFont val="Segoe UI Semibold"/>
+        <family val="2"/>
+      </rPr>
+      <t>(ALWAYS REQUIRED)</t>
+    </r>
   </si>
   <si>
     <t>PRE-EMPLOYMENT INFO.</t>
   </si>
   <si>
     <t>SUPERVISOR INFO.</t>
   </si>
   <si>
     <t>JOB INFO.</t>
   </si>
   <si>
     <t>FUNDING INFO.</t>
   </si>
   <si>
     <t>ADDL. INFO</t>
   </si>
   <si>
     <t>HRSC USE ONLY</t>
-  </si>
-[...171 lines deleted...]
-    <t xml:space="preserve">Link to Department Reappointment Information (URL) </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Letterhead </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FFFFFF00"/>
         <rFont val="Segoe UI Semibold"/>
         <family val="2"/>
       </rPr>
       <t>(ALL COLUMNS REQUIRED)</t>
     </r>
   </si>
   <si>
     <r>
       <t>Body</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FFFF0000"/>
         <rFont val="Segoe UI Semibold"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FFFFFF00"/>
         <rFont val="Segoe UI Semibold"/>
         <family val="2"/>
       </rPr>
       <t>(ALL COLUMNS REQUIRED)</t>
     </r>
   </si>
   <si>
-    <t>Dean's Division</t>
-[...31 lines deleted...]
-  <si>
     <t>DO NOT EDIT OR REMOVE</t>
   </si>
   <si>
-    <t>Department Phone Number (e.g. (303) 492 6639)</t>
+    <t>Ticket</t>
   </si>
   <si>
-    <r>
-[...10 lines deleted...]
-    </r>
+    <t>Transaction Type</t>
+  </si>
+  <si>
+    <t>Special Situations</t>
+  </si>
+  <si>
+    <t>Last Name</t>
+  </si>
+  <si>
+    <t>First Name</t>
+  </si>
+  <si>
+    <t>Empl ID</t>
+  </si>
+  <si>
+    <t>Employee Email</t>
+  </si>
+  <si>
+    <t>Taleo/Avature Sent</t>
+  </si>
+  <si>
+    <t>Additional Steps (I-9, BGC)</t>
+  </si>
+  <si>
+    <t>SPVR Last Name</t>
+  </si>
+  <si>
+    <t>SPVR Empl ID</t>
+  </si>
+  <si>
+    <t>SPVR Position Nbr</t>
+  </si>
+  <si>
+    <t>Contract Term</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Contract Dates </t>
+  </si>
+  <si>
+    <t>Effective Date</t>
+  </si>
+  <si>
+    <t>Job Code - Job Title</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Working Title </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">% Time </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FFFFFF00"/>
         <rFont val="Segoe UI Semibold"/>
         <family val="2"/>
       </rPr>
       <t>(ALWAYS REQUIRED)</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">EMPLOYEE INFO. </t>
+      <t xml:space="preserve">Contract Amount </t>
     </r>
     <r>
       <rPr>
-        <sz val="13"/>
+        <sz val="12"/>
         <color rgb="FFFFFF00"/>
         <rFont val="Segoe UI Semibold"/>
         <family val="2"/>
       </rPr>
       <t>(ALWAYS REQUIRED)</t>
     </r>
+  </si>
+  <si>
+    <t>Funding Speedtype</t>
+  </si>
+  <si>
+    <t>Perc 1</t>
+  </si>
+  <si>
+    <t>Split Funding Speedtype 2</t>
+  </si>
+  <si>
+    <t>Perc 2</t>
+  </si>
+  <si>
+    <t>Split Funding Speedtype 3</t>
+  </si>
+  <si>
+    <t>Perc 3</t>
+  </si>
+  <si>
+    <t>Split Funding Speedtype 4</t>
+  </si>
+  <si>
+    <t>Perc 4</t>
+  </si>
+  <si>
+    <t>Job Rec</t>
+  </si>
+  <si>
+    <t>Position Nbr</t>
+  </si>
+  <si>
+    <t>Doc Rcvd Date</t>
+  </si>
+  <si>
+    <t>I-9 Sent Date</t>
+  </si>
+  <si>
+    <t>BGC Sent Date</t>
+  </si>
+  <si>
+    <t>BGC Compl Date</t>
+  </si>
+  <si>
+    <t>Trans ID</t>
+  </si>
+  <si>
+    <t>HRSC Notes</t>
+  </si>
+  <si>
+    <t>Notes</t>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="12"/>
         <color theme="0"/>
         <rFont val="Segoe UI Semibold"/>
         <family val="2"/>
       </rPr>
       <t>Full</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="0"/>
         <rFont val="Segoe UI Semibold"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Department Name (e.g. Department of Anthropology)</t>
     </r>
+  </si>
+  <si>
+    <t>Department Home Building (e.g. ECOT)</t>
+  </si>
+  <si>
+    <t>Department UCB (e.g. UCB 318)</t>
+  </si>
+  <si>
+    <t>Department Phone Number (e.g. (303) 492 6639)</t>
+  </si>
+  <si>
+    <t>Formal Title (Teaching Professor Series)</t>
+  </si>
+  <si>
+    <t>Length of Appointment Being Offered (in years)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Appointment Start Date </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FFFFFF00"/>
         <rFont val="Segoe UI Semibold"/>
         <family val="2"/>
       </rPr>
       <t>FIRST DAY OF TERM</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="0"/>
         <rFont val="Segoe UI Semibold"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (e.g. August 21, 2025)</t>
     </r>
   </si>
+  <si>
+    <t>Appointment End Date (e.g. "the Friday before Commencement in May 2028")</t>
+  </si>
+  <si>
+    <t>Merit Formula</t>
+  </si>
+  <si>
+    <t>Number of courses taught in the AY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Link to Department Reappointment Information (URL) </t>
+  </si>
+  <si>
+    <t>Sign By Date (3 weeks after you submit this spreadsheet)</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Supervisor's </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="12"/>
+        <color theme="0"/>
+        <rFont val="Segoe UI Semibold"/>
+        <family val="2"/>
+      </rPr>
+      <t>Full Name</t>
+    </r>
+  </si>
+  <si>
+    <t>Supervisor's Title</t>
+  </si>
+  <si>
+    <t>Name of Dean</t>
+  </si>
+  <si>
+    <t>Dean's Title</t>
+  </si>
+  <si>
+    <t>Dean's Division</t>
+  </si>
+  <si>
+    <t>Type of Letter</t>
+  </si>
+  <si>
+    <t>New Faculty Orientation (Only Used When Applicable - DO NOT REMOVE)</t>
+  </si>
+  <si>
+    <t>Credit Hour Equivalents (Only Used When Applicable - DO NOT REMOVE)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TKT: </t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
     <numFmt numFmtId="165" formatCode="[&lt;=9999999999]\(###\)\ ###\ ####;"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="34" x14ac:knownFonts="1">
+  <fonts count="36">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
@@ -845,50 +853,60 @@
       <sz val="12"/>
       <color rgb="FFFFFF00"/>
       <name val="Segoe UI Semibold"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Segoe UI Semibold"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Segoe UI Black"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="13"/>
       <color rgb="FFFFFF00"/>
       <name val="Segoe UI Semibold"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="22"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Segoe UI Semibold"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Segoe UI Semibold"/>
     </font>
   </fonts>
   <fills count="14">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF7F6275"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF7F6275"/>
         <bgColor rgb="FF62757F"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCEC0C8"/>
         <bgColor rgb="FFA6B4BB"/>
@@ -1388,53 +1406,53 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="127">
+  <cellXfs count="128">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="25" fillId="12" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="9" fontId="10" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="0" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
@@ -1562,171 +1580,174 @@
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="11" borderId="29" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="29" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="25" fillId="12" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="12" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="6" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="27" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="25" fillId="10" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="10" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="8" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="7" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="7" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="16" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="11" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="17" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="16" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="11" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="12" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="25" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="13" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="13" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="26" fillId="5" borderId="16" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="2" borderId="3" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Heading 1" xfId="4" builtinId="16"/>
     <cellStyle name="Heading 2" xfId="5" builtinId="17"/>
     <cellStyle name="Hyperlink" xfId="6" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="3" builtinId="5"/>
     <cellStyle name="RowLevel_1" xfId="1" builtinId="1" iLevel="0"/>
   </cellStyles>
   <dxfs count="57">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
@@ -2119,95 +2140,95 @@
         <patternFill>
           <bgColor theme="7" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF800000"/>
       <color rgb="FFA50021"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2269,51 +2290,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2411,711 +2432,711 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HRSC@colorado.edu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/studentemployment/policies" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/hr/hr-service-center" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cu.cherwellondemand.com/CherwellPortal/HRSC?_=6a70924c" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/studentemployment/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/studentemployment/descriptions-pay-codes" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/studentemployment/work-study" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6ED51F26-50BA-4437-ACA9-46C588B63036}">
   <dimension ref="A1:BQ106"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="V6" zoomScale="101" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="AL14" sqref="AL14"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="101" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="C3" sqref="C3:H3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" outlineLevelRow="1" outlineLevelCol="2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" outlineLevelRow="1" outlineLevelCol="2"/>
   <cols>
     <col min="1" max="1" width="0.85546875" customWidth="1"/>
     <col min="2" max="2" width="2.28515625" customWidth="1"/>
     <col min="3" max="3" width="15.5703125" customWidth="1" outlineLevel="1"/>
     <col min="4" max="4" width="15.7109375" customWidth="1"/>
     <col min="5" max="5" width="29.140625" customWidth="1" outlineLevel="1"/>
     <col min="6" max="7" width="18" customWidth="1"/>
     <col min="8" max="8" width="12.85546875" customWidth="1"/>
     <col min="9" max="9" width="33" customWidth="1" outlineLevel="1"/>
     <col min="10" max="10" width="16.140625" customWidth="1" outlineLevel="2"/>
     <col min="11" max="11" width="32.7109375" customWidth="1" outlineLevel="2"/>
     <col min="12" max="12" width="11.5703125" customWidth="1"/>
     <col min="13" max="13" width="13.7109375" customWidth="1" outlineLevel="1"/>
     <col min="14" max="14" width="15.28515625" customWidth="1"/>
     <col min="15" max="15" width="20" customWidth="1"/>
     <col min="16" max="16" width="14.28515625" customWidth="1" outlineLevel="1"/>
     <col min="17" max="17" width="21.140625" customWidth="1"/>
     <col min="18" max="18" width="34.28515625" customWidth="1"/>
     <col min="19" max="19" width="21.85546875" customWidth="1" outlineLevel="1"/>
     <col min="20" max="20" width="13.85546875" customWidth="1"/>
     <col min="21" max="21" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="15.85546875" style="51" customWidth="1"/>
     <col min="23" max="23" width="15.85546875" customWidth="1"/>
     <col min="24" max="24" width="15.140625" style="52" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="25" max="25" width="15.85546875" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="26" max="26" width="15.140625" style="52" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="27" max="29" width="15.85546875" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="30" max="30" width="11.42578125" style="52" customWidth="1" collapsed="1"/>
     <col min="31" max="31" width="14.85546875" customWidth="1"/>
     <col min="32" max="32" width="12.28515625" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="33" max="33" width="15.5703125" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="34" max="37" width="15.7109375" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="38" max="38" width="59.42578125" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="39" max="39" width="2.5703125" customWidth="1"/>
     <col min="40" max="47" width="27.28515625" customWidth="1"/>
     <col min="48" max="48" width="47.28515625" customWidth="1"/>
     <col min="49" max="56" width="27.28515625" customWidth="1"/>
     <col min="57" max="57" width="31.85546875" bestFit="1" customWidth="1"/>
     <col min="58" max="61" width="27.28515625" customWidth="1"/>
     <col min="62" max="65" width="17" customWidth="1"/>
     <col min="66" max="66" width="16.5703125" customWidth="1"/>
     <col min="67" max="67" width="15.28515625" customWidth="1"/>
     <col min="68" max="68" width="9.140625" customWidth="1"/>
     <col min="69" max="69" width="10.42578125" customWidth="1"/>
     <col min="70" max="16384" width="9.140625" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="1" spans="3:60">
       <c r="V1"/>
       <c r="X1"/>
       <c r="Z1"/>
       <c r="AD1"/>
     </row>
-    <row r="2" spans="3:60" s="2" customFormat="1" ht="33.75" thickBot="1" x14ac:dyDescent="0.65">
-[...32 lines deleted...]
-      <c r="AG2" s="92"/>
+    <row r="2" spans="3:60" s="2" customFormat="1" ht="33">
+      <c r="C2" s="127" t="s">
+        <v>0</v>
+      </c>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
+      <c r="F2" s="114"/>
+      <c r="G2" s="114"/>
+      <c r="H2" s="114"/>
+      <c r="I2" s="114"/>
+      <c r="J2" s="114"/>
+      <c r="K2" s="114"/>
+      <c r="L2" s="114"/>
+      <c r="M2" s="114"/>
+      <c r="N2" s="114"/>
+      <c r="O2" s="114"/>
+      <c r="P2" s="114"/>
+      <c r="Q2" s="114"/>
+      <c r="R2" s="114"/>
+      <c r="S2" s="114"/>
+      <c r="T2" s="114"/>
+      <c r="U2" s="114"/>
+      <c r="V2" s="114"/>
+      <c r="W2" s="114"/>
+      <c r="X2" s="114"/>
+      <c r="Y2" s="114"/>
+      <c r="Z2" s="114"/>
+      <c r="AA2" s="114"/>
+      <c r="AB2" s="114"/>
+      <c r="AC2" s="114"/>
+      <c r="AD2" s="114"/>
+      <c r="AE2" s="114"/>
+      <c r="AF2" s="114"/>
+      <c r="AG2" s="114"/>
       <c r="AH2" s="3"/>
       <c r="AI2" s="3"/>
       <c r="AJ2" s="3"/>
       <c r="AK2" s="3"/>
       <c r="AL2" s="3"/>
     </row>
-    <row r="3" spans="3:60" s="2" customFormat="1" ht="24.75" thickBot="1" x14ac:dyDescent="0.5">
-[...7 lines deleted...]
-      <c r="H3" s="94"/>
+    <row r="3" spans="3:60" s="2" customFormat="1" ht="24.75" thickBot="1">
+      <c r="C3" s="97" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="98"/>
+      <c r="E3" s="98"/>
+      <c r="F3" s="98"/>
+      <c r="G3" s="98"/>
+      <c r="H3" s="98"/>
       <c r="I3" s="4"/>
-      <c r="J3" s="95" t="s">
-[...7 lines deleted...]
-      <c r="P3" s="96"/>
+      <c r="J3" s="115" t="s">
+        <v>2</v>
+      </c>
+      <c r="K3" s="116"/>
+      <c r="L3" s="116"/>
+      <c r="M3" s="116"/>
+      <c r="N3" s="116"/>
+      <c r="O3" s="116"/>
+      <c r="P3" s="116"/>
       <c r="Q3" s="6"/>
       <c r="R3" s="6"/>
       <c r="S3" s="6"/>
       <c r="T3" s="6"/>
       <c r="U3" s="6"/>
       <c r="V3" s="5"/>
       <c r="W3" s="6"/>
       <c r="X3" s="6"/>
       <c r="Y3" s="6"/>
       <c r="Z3" s="6"/>
       <c r="AA3" s="7"/>
       <c r="AB3" s="7"/>
       <c r="AC3" s="7"/>
       <c r="AH3"/>
     </row>
-    <row r="4" spans="3:60" s="8" customFormat="1" ht="20.25" outlineLevel="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="H4" s="99"/>
+    <row r="4" spans="3:60" s="8" customFormat="1" ht="20.25" outlineLevel="1">
+      <c r="C4" s="117" t="s">
+        <v>3</v>
+      </c>
+      <c r="D4" s="118"/>
+      <c r="E4" s="119"/>
+      <c r="F4" s="119"/>
+      <c r="G4" s="119"/>
+      <c r="H4" s="119"/>
       <c r="I4" s="9"/>
       <c r="J4" s="10" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K4" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="L4" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="L4" s="10" t="s">
-[...7 lines deleted...]
-      <c r="P4" s="102"/>
+      <c r="M4" s="120" t="s">
+        <v>6</v>
+      </c>
+      <c r="N4" s="121"/>
+      <c r="O4" s="121"/>
+      <c r="P4" s="122"/>
       <c r="Q4" s="53"/>
       <c r="R4" s="53"/>
       <c r="S4" s="12"/>
       <c r="T4" s="12"/>
       <c r="U4" s="12"/>
       <c r="V4" s="54"/>
       <c r="W4" s="12"/>
       <c r="X4" s="12"/>
       <c r="Y4" s="12"/>
       <c r="Z4" s="12"/>
       <c r="AA4" s="13"/>
       <c r="AB4" s="13"/>
       <c r="AC4" s="13"/>
     </row>
-    <row r="5" spans="3:60" s="8" customFormat="1" ht="20.25" outlineLevel="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="H5" s="105"/>
+    <row r="5" spans="3:60" s="8" customFormat="1" ht="20.25" outlineLevel="1">
+      <c r="C5" s="99" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="100"/>
+      <c r="E5" s="123"/>
+      <c r="F5" s="123"/>
+      <c r="G5" s="123"/>
+      <c r="H5" s="123"/>
       <c r="I5" s="14"/>
       <c r="J5" s="10" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K5" s="11" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L5" s="10" t="s">
-        <v>3</v>
-[...6 lines deleted...]
-      <c r="P5" s="108"/>
+        <v>4</v>
+      </c>
+      <c r="M5" s="124" t="s">
+        <v>9</v>
+      </c>
+      <c r="N5" s="125"/>
+      <c r="O5" s="125"/>
+      <c r="P5" s="126"/>
       <c r="Q5" s="15"/>
       <c r="R5" s="15"/>
       <c r="S5" s="12"/>
       <c r="T5" s="12"/>
       <c r="U5" s="12"/>
       <c r="V5" s="12"/>
       <c r="W5" s="12"/>
       <c r="X5" s="12"/>
       <c r="Y5" s="12"/>
       <c r="Z5" s="12"/>
       <c r="AA5" s="13"/>
       <c r="AB5" s="13"/>
       <c r="AC5" s="13"/>
     </row>
-    <row r="6" spans="3:60" s="8" customFormat="1" ht="20.25" outlineLevel="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="H6" s="105"/>
+    <row r="6" spans="3:60" s="8" customFormat="1" ht="20.25" outlineLevel="1">
+      <c r="C6" s="99" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" s="100"/>
+      <c r="E6" s="123"/>
+      <c r="F6" s="123"/>
+      <c r="G6" s="123"/>
+      <c r="H6" s="123"/>
       <c r="I6" s="16"/>
       <c r="J6" s="10"/>
       <c r="K6" s="17"/>
       <c r="L6" s="10" t="s">
-        <v>3</v>
-[...6 lines deleted...]
-      <c r="P6" s="111"/>
+        <v>4</v>
+      </c>
+      <c r="M6" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="N6" s="95"/>
+      <c r="O6" s="95"/>
+      <c r="P6" s="96"/>
       <c r="Q6" s="15"/>
       <c r="R6" s="15"/>
       <c r="S6" s="12"/>
       <c r="T6" s="12"/>
       <c r="U6" s="12"/>
       <c r="V6" s="12"/>
       <c r="W6" s="12"/>
       <c r="X6" s="12"/>
       <c r="Y6" s="12"/>
       <c r="Z6" s="12"/>
       <c r="AA6" s="13"/>
       <c r="AB6" s="13"/>
       <c r="AC6" s="13"/>
     </row>
-    <row r="7" spans="3:60" s="8" customFormat="1" ht="20.25" outlineLevel="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="D7" s="116"/>
+    <row r="7" spans="3:60" s="8" customFormat="1" ht="20.25" outlineLevel="1">
+      <c r="C7" s="92"/>
+      <c r="D7" s="93"/>
       <c r="E7" s="18"/>
       <c r="F7" s="19"/>
       <c r="G7" s="19"/>
       <c r="H7" s="20"/>
       <c r="I7" s="16"/>
       <c r="J7" s="10"/>
       <c r="K7" s="17"/>
       <c r="L7" s="10" t="s">
-        <v>3</v>
-[...6 lines deleted...]
-      <c r="P7" s="111"/>
+        <v>4</v>
+      </c>
+      <c r="M7" s="94" t="s">
+        <v>12</v>
+      </c>
+      <c r="N7" s="95"/>
+      <c r="O7" s="95"/>
+      <c r="P7" s="96"/>
       <c r="Q7" s="19"/>
       <c r="R7" s="19"/>
       <c r="S7" s="12"/>
       <c r="T7" s="12"/>
       <c r="U7" s="12"/>
       <c r="V7" s="12"/>
       <c r="W7" s="12"/>
       <c r="X7" s="12"/>
       <c r="Y7" s="12"/>
       <c r="Z7" s="12"/>
       <c r="AA7" s="13"/>
       <c r="AB7" s="13"/>
       <c r="AC7" s="13"/>
     </row>
-    <row r="8" spans="3:60" s="2" customFormat="1" ht="21" outlineLevel="1" thickBot="1" x14ac:dyDescent="0.4">
-[...7 lines deleted...]
-      <c r="H8" s="94"/>
+    <row r="8" spans="3:60" s="2" customFormat="1" ht="21" outlineLevel="1" thickBot="1">
+      <c r="C8" s="97" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" s="98"/>
+      <c r="E8" s="98"/>
+      <c r="F8" s="98"/>
+      <c r="G8" s="98"/>
+      <c r="H8" s="98"/>
       <c r="I8" s="21"/>
       <c r="J8" s="10"/>
       <c r="K8" s="17"/>
       <c r="L8" s="10" t="s">
-        <v>3</v>
-[...6 lines deleted...]
-      <c r="P8" s="111"/>
+        <v>4</v>
+      </c>
+      <c r="M8" s="94" t="s">
+        <v>14</v>
+      </c>
+      <c r="N8" s="95"/>
+      <c r="O8" s="95"/>
+      <c r="P8" s="96"/>
       <c r="Q8" s="23"/>
       <c r="R8" s="23"/>
       <c r="S8" s="23"/>
       <c r="T8" s="23"/>
       <c r="U8" s="23"/>
       <c r="V8" s="22"/>
       <c r="W8" s="23"/>
       <c r="X8" s="23"/>
       <c r="Y8" s="23"/>
       <c r="Z8" s="23"/>
       <c r="AA8" s="24"/>
       <c r="AB8" s="24"/>
       <c r="AC8" s="24"/>
     </row>
-    <row r="9" spans="3:60" s="25" customFormat="1" ht="19.5" outlineLevel="1" thickBot="1" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="D9" s="104"/>
+    <row r="9" spans="3:60" s="25" customFormat="1" ht="19.5" outlineLevel="1" thickBot="1">
+      <c r="C9" s="99" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="100"/>
       <c r="E9" s="26"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
       <c r="H9" s="27"/>
       <c r="I9" s="28"/>
       <c r="J9" s="10"/>
       <c r="K9" s="17"/>
       <c r="L9" s="58" t="s">
-        <v>3</v>
-[...6 lines deleted...]
-      <c r="P9" s="111"/>
+        <v>4</v>
+      </c>
+      <c r="M9" s="94" t="s">
+        <v>16</v>
+      </c>
+      <c r="N9" s="95"/>
+      <c r="O9" s="95"/>
+      <c r="P9" s="96"/>
       <c r="Q9" s="55"/>
       <c r="R9" s="55"/>
       <c r="S9" s="29"/>
       <c r="T9" s="29"/>
       <c r="U9" s="29"/>
       <c r="V9" s="56"/>
       <c r="W9" s="29"/>
       <c r="X9" s="29"/>
       <c r="Y9" s="29"/>
       <c r="Z9" s="29"/>
       <c r="AA9" s="30"/>
       <c r="AB9" s="30"/>
       <c r="AC9" s="30"/>
     </row>
-    <row r="10" spans="3:60" ht="18.75" x14ac:dyDescent="0.35">
-[...10 lines deleted...]
-      <c r="P10" s="121"/>
+    <row r="10" spans="3:60" ht="18.75">
+      <c r="J10" s="101" t="s">
+        <v>17</v>
+      </c>
+      <c r="K10" s="102"/>
+      <c r="L10" s="103"/>
+      <c r="M10" s="104" t="s">
+        <v>18</v>
+      </c>
+      <c r="N10" s="105"/>
+      <c r="O10" s="105"/>
+      <c r="P10" s="105"/>
       <c r="Q10" s="55"/>
       <c r="R10" s="55"/>
       <c r="S10" s="29"/>
       <c r="T10" s="29"/>
       <c r="U10" s="29"/>
       <c r="V10" s="57"/>
       <c r="X10"/>
       <c r="Z10"/>
       <c r="AD10"/>
     </row>
-    <row r="11" spans="3:60" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="3:60" ht="18.75" customHeight="1" thickBot="1">
       <c r="V11" s="57"/>
       <c r="X11"/>
       <c r="Z11"/>
       <c r="AD11"/>
-      <c r="AN11" s="124"/>
-[...22 lines deleted...]
-    <row r="12" spans="3:60" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="AN11" s="86"/>
+      <c r="AO11" s="86"/>
+      <c r="AP11" s="86"/>
+      <c r="AQ11" s="86"/>
+      <c r="AR11" s="86"/>
+      <c r="AS11" s="86"/>
+      <c r="AT11" s="86"/>
+      <c r="AU11" s="86"/>
+      <c r="AV11" s="86"/>
+      <c r="AW11" s="86"/>
+      <c r="AX11" s="86"/>
+      <c r="AY11" s="86"/>
+      <c r="AZ11" s="86"/>
+      <c r="BA11" s="86"/>
+      <c r="BB11" s="86"/>
+      <c r="BC11" s="86"/>
+      <c r="BD11" s="86"/>
+      <c r="BE11" s="86"/>
+      <c r="BG11" s="106" t="s">
+        <v>19</v>
+      </c>
+      <c r="BH11" s="107"/>
+    </row>
+    <row r="12" spans="3:60" ht="19.5" thickBot="1">
       <c r="C12" s="31"/>
       <c r="D12" s="32"/>
       <c r="E12" s="31"/>
-      <c r="F12" s="112" t="s">
-[...13 lines deleted...]
-      <c r="N12" s="114"/>
+      <c r="F12" s="89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" s="90"/>
+      <c r="H12" s="90"/>
+      <c r="I12" s="89" t="s">
+        <v>21</v>
+      </c>
+      <c r="J12" s="90"/>
+      <c r="K12" s="90"/>
+      <c r="L12" s="89" t="s">
+        <v>22</v>
+      </c>
+      <c r="M12" s="90"/>
+      <c r="N12" s="91"/>
       <c r="O12" s="59"/>
-      <c r="P12" s="112" t="s">
-[...56 lines deleted...]
-    <row r="13" spans="3:60" ht="69" x14ac:dyDescent="0.25">
+      <c r="P12" s="89" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q12" s="90"/>
+      <c r="R12" s="90"/>
+      <c r="S12" s="90"/>
+      <c r="T12" s="90"/>
+      <c r="U12" s="91"/>
+      <c r="V12" s="89" t="s">
+        <v>24</v>
+      </c>
+      <c r="W12" s="90"/>
+      <c r="X12" s="90"/>
+      <c r="Y12" s="90"/>
+      <c r="Z12" s="90"/>
+      <c r="AA12" s="90"/>
+      <c r="AB12" s="90"/>
+      <c r="AC12" s="91"/>
+      <c r="AD12" s="89" t="s">
+        <v>25</v>
+      </c>
+      <c r="AE12" s="91"/>
+      <c r="AF12" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="AG12" s="88"/>
+      <c r="AH12" s="88"/>
+      <c r="AI12" s="88"/>
+      <c r="AJ12" s="88"/>
+      <c r="AK12" s="88"/>
+      <c r="AN12" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="AO12" s="1"/>
+      <c r="AP12" s="1"/>
+      <c r="AQ12" s="85"/>
+      <c r="AR12" s="87" t="s">
+        <v>28</v>
+      </c>
+      <c r="AS12" s="1"/>
+      <c r="AT12" s="1"/>
+      <c r="AU12" s="1"/>
+      <c r="AV12" s="1"/>
+      <c r="AW12" s="1"/>
+      <c r="AX12" s="1"/>
+      <c r="AY12" s="1"/>
+      <c r="AZ12" s="1"/>
+      <c r="BA12" s="1"/>
+      <c r="BB12" s="1"/>
+      <c r="BC12" s="1"/>
+      <c r="BD12" s="1"/>
+      <c r="BE12" s="1"/>
+      <c r="BG12" s="108" t="s">
+        <v>29</v>
+      </c>
+      <c r="BH12" s="109"/>
+    </row>
+    <row r="13" spans="3:60" ht="69">
       <c r="C13" s="33" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="D13" s="34" t="s">
+        <v>31</v>
+      </c>
+      <c r="E13" s="35" t="s">
+        <v>32</v>
+      </c>
+      <c r="F13" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" s="36" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13" s="37" t="s">
+        <v>35</v>
+      </c>
+      <c r="I13" s="34" t="s">
         <v>36</v>
       </c>
-      <c r="E13" s="35" t="s">
+      <c r="J13" s="38" t="s">
         <v>37</v>
       </c>
-      <c r="F13" s="33" t="s">
-[...5 lines deleted...]
-      <c r="H13" s="37" t="s">
+      <c r="K13" s="39" t="s">
         <v>38</v>
       </c>
-      <c r="I13" s="34" t="s">
+      <c r="L13" s="34" t="s">
         <v>39</v>
       </c>
-      <c r="J13" s="38" t="s">
+      <c r="M13" s="39" t="s">
         <v>40</v>
       </c>
-      <c r="K13" s="39" t="s">
+      <c r="N13" s="37" t="s">
         <v>41</v>
       </c>
-      <c r="L13" s="34" t="s">
+      <c r="O13" s="34" t="s">
         <v>42</v>
       </c>
-      <c r="M13" s="39" t="s">
+      <c r="P13" s="38" t="s">
         <v>43</v>
       </c>
-      <c r="N13" s="37" t="s">
+      <c r="Q13" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="O13" s="34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R13" s="35" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="S13" s="35" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="T13" s="35" t="s">
-        <v>83</v>
+        <v>47</v>
       </c>
       <c r="U13" s="60" t="s">
-        <v>82</v>
+        <v>48</v>
       </c>
       <c r="V13" s="34" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="W13" s="39" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="X13" s="37" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y13" s="38" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="Z13" s="38" t="s">
         <v>53</v>
       </c>
       <c r="AA13" s="35" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="AB13" s="38" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AC13" s="35" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="AD13" s="37" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="AE13" s="35" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="AF13" s="40" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="AG13" s="40" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="AH13" s="41" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="AI13" s="41" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="AJ13" s="41" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="AK13" s="42" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="AL13" s="34" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="AM13" s="43"/>
       <c r="AN13" s="66" t="s">
+        <v>66</v>
+      </c>
+      <c r="AO13" s="66" t="s">
+        <v>67</v>
+      </c>
+      <c r="AP13" s="66" t="s">
+        <v>68</v>
+      </c>
+      <c r="AQ13" s="66" t="s">
+        <v>69</v>
+      </c>
+      <c r="AR13" s="66" t="s">
+        <v>70</v>
+      </c>
+      <c r="AS13" s="66" t="s">
+        <v>71</v>
+      </c>
+      <c r="AT13" s="66" t="s">
+        <v>72</v>
+      </c>
+      <c r="AU13" s="66" t="s">
+        <v>73</v>
+      </c>
+      <c r="AV13" s="66" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW13" s="66" t="s">
+        <v>75</v>
+      </c>
+      <c r="AX13" s="66" t="s">
+        <v>76</v>
+      </c>
+      <c r="AY13" s="66" t="s">
+        <v>77</v>
+      </c>
+      <c r="AZ13" s="66" t="s">
+        <v>78</v>
+      </c>
+      <c r="BA13" s="66" t="s">
+        <v>79</v>
+      </c>
+      <c r="BB13" s="66" t="s">
+        <v>80</v>
+      </c>
+      <c r="BC13" s="66" t="s">
+        <v>81</v>
+      </c>
+      <c r="BD13" s="66" t="s">
+        <v>82</v>
+      </c>
+      <c r="BE13" s="66" t="s">
+        <v>83</v>
+      </c>
+      <c r="BG13" s="79" t="s">
+        <v>84</v>
+      </c>
+      <c r="BH13" s="80" t="s">
         <v>85</v>
       </c>
-      <c r="AO13" s="66" t="s">
-[...57 lines deleted...]
-    <row r="14" spans="3:60" x14ac:dyDescent="0.25">
+    </row>
+    <row r="14" spans="3:60">
       <c r="C14" s="44" t="str">
         <f>CONCATENATE("TKT: ",$E$9)</f>
         <v xml:space="preserve">TKT: </v>
       </c>
       <c r="D14" s="45"/>
       <c r="E14" s="45"/>
       <c r="F14" s="45"/>
       <c r="G14" s="45"/>
       <c r="H14" s="45"/>
       <c r="I14" s="45"/>
       <c r="J14" s="45"/>
       <c r="K14" s="45"/>
       <c r="L14" s="45"/>
       <c r="M14" s="45"/>
       <c r="N14" s="45"/>
       <c r="O14" s="45"/>
       <c r="P14" s="46"/>
       <c r="Q14" s="46"/>
       <c r="R14" s="45"/>
       <c r="S14" s="62"/>
       <c r="T14" s="47"/>
       <c r="U14" s="84"/>
       <c r="V14" s="45"/>
       <c r="W14" s="47"/>
       <c r="X14" s="45"/>
@@ -3138,51 +3159,51 @@
       <c r="AP14" s="74"/>
       <c r="AQ14" s="83"/>
       <c r="AR14" s="74"/>
       <c r="AS14" s="75"/>
       <c r="AT14" s="76"/>
       <c r="AU14" s="74"/>
       <c r="AV14" s="74"/>
       <c r="AW14" s="74"/>
       <c r="AX14" s="82"/>
       <c r="AY14" s="76"/>
       <c r="AZ14" s="74"/>
       <c r="BA14" s="81"/>
       <c r="BB14" s="74"/>
       <c r="BC14" s="74"/>
       <c r="BD14" s="81"/>
       <c r="BE14" s="74"/>
       <c r="BG14" s="77">
         <f>AT14-7</f>
         <v>-7</v>
       </c>
       <c r="BH14" s="78">
         <f>AW14*3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="15" spans="3:60">
       <c r="C15" s="44" t="str">
         <f>CONCATENATE("TKT: ",E9)</f>
         <v xml:space="preserve">TKT: </v>
       </c>
       <c r="D15" s="45"/>
       <c r="E15" s="45"/>
       <c r="F15" s="45"/>
       <c r="G15" s="45"/>
       <c r="H15" s="45"/>
       <c r="I15" s="45"/>
       <c r="J15" s="45"/>
       <c r="K15" s="45"/>
       <c r="L15" s="45"/>
       <c r="M15" s="45"/>
       <c r="N15" s="45"/>
       <c r="O15" s="45"/>
       <c r="P15" s="46"/>
       <c r="Q15" s="46"/>
       <c r="R15" s="45"/>
       <c r="S15" s="62"/>
       <c r="T15" s="57"/>
       <c r="U15" s="84"/>
       <c r="V15" s="45"/>
       <c r="W15" s="47"/>
       <c r="X15" s="45"/>
@@ -3205,51 +3226,51 @@
       <c r="AP15" s="74"/>
       <c r="AQ15" s="83"/>
       <c r="AR15" s="74"/>
       <c r="AS15" s="75"/>
       <c r="AT15" s="76"/>
       <c r="AU15" s="74"/>
       <c r="AV15" s="74"/>
       <c r="AW15" s="74"/>
       <c r="AX15" s="82"/>
       <c r="AY15" s="76"/>
       <c r="AZ15" s="74"/>
       <c r="BA15" s="81"/>
       <c r="BB15" s="74"/>
       <c r="BC15" s="74"/>
       <c r="BD15" s="81"/>
       <c r="BE15" s="74"/>
       <c r="BG15" s="77">
         <f t="shared" ref="BG15:BG78" si="0">AT15-7</f>
         <v>-7</v>
       </c>
       <c r="BH15" s="78">
         <f t="shared" ref="BH15:BH78" si="1">AW15*3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="16" spans="3:60">
       <c r="C16" s="44" t="str">
         <f>CONCATENATE("TKT: ",E10)</f>
         <v xml:space="preserve">TKT: </v>
       </c>
       <c r="D16" s="45"/>
       <c r="E16" s="45"/>
       <c r="F16" s="45"/>
       <c r="G16" s="45"/>
       <c r="H16" s="45"/>
       <c r="I16" s="67"/>
       <c r="J16" s="45"/>
       <c r="K16" s="45"/>
       <c r="L16" s="45"/>
       <c r="M16" s="45"/>
       <c r="N16" s="45"/>
       <c r="O16" s="45"/>
       <c r="P16" s="46"/>
       <c r="Q16" s="46"/>
       <c r="R16" s="45"/>
       <c r="S16" s="62"/>
       <c r="T16" s="47"/>
       <c r="U16" s="84"/>
       <c r="V16" s="45"/>
       <c r="W16" s="47"/>
       <c r="X16" s="45"/>
@@ -3272,53 +3293,53 @@
       <c r="AP16" s="74"/>
       <c r="AQ16" s="83"/>
       <c r="AR16" s="74"/>
       <c r="AS16" s="75"/>
       <c r="AT16" s="76"/>
       <c r="AU16" s="74"/>
       <c r="AV16" s="74"/>
       <c r="AW16" s="74"/>
       <c r="AX16" s="74"/>
       <c r="AY16" s="76"/>
       <c r="AZ16" s="74"/>
       <c r="BA16" s="81"/>
       <c r="BB16" s="74"/>
       <c r="BC16" s="74"/>
       <c r="BD16" s="81"/>
       <c r="BE16" s="74"/>
       <c r="BG16" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH16" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="17" spans="3:60">
       <c r="C17" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D17" s="45"/>
       <c r="E17" s="45"/>
       <c r="F17" s="45"/>
       <c r="G17" s="45"/>
       <c r="H17" s="45"/>
       <c r="I17" s="45"/>
       <c r="J17" s="45"/>
       <c r="K17" s="45"/>
       <c r="L17" s="45"/>
       <c r="M17" s="45"/>
       <c r="N17" s="45"/>
       <c r="O17" s="45"/>
       <c r="P17" s="46"/>
       <c r="Q17" s="46"/>
       <c r="R17" s="45"/>
       <c r="S17" s="62"/>
       <c r="T17" s="47"/>
       <c r="U17" s="84"/>
       <c r="V17" s="45"/>
       <c r="W17" s="47"/>
       <c r="X17" s="45"/>
       <c r="Y17" s="47"/>
       <c r="Z17" s="45"/>
       <c r="AA17" s="47"/>
@@ -3338,53 +3359,53 @@
       <c r="AP17" s="74"/>
       <c r="AQ17" s="83"/>
       <c r="AR17" s="74"/>
       <c r="AS17" s="75"/>
       <c r="AT17" s="76"/>
       <c r="AU17" s="74"/>
       <c r="AV17" s="74"/>
       <c r="AW17" s="74"/>
       <c r="AX17" s="74"/>
       <c r="AY17" s="76"/>
       <c r="AZ17" s="74"/>
       <c r="BA17" s="81"/>
       <c r="BB17" s="74"/>
       <c r="BC17" s="74"/>
       <c r="BD17" s="81"/>
       <c r="BE17" s="74"/>
       <c r="BG17" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH17" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="18" spans="3:60">
       <c r="C18" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D18" s="45"/>
       <c r="E18" s="45"/>
       <c r="F18" s="45"/>
       <c r="G18" s="45"/>
       <c r="H18" s="45"/>
       <c r="I18" s="45"/>
       <c r="J18" s="45"/>
       <c r="K18" s="45"/>
       <c r="L18" s="45"/>
       <c r="M18" s="45"/>
       <c r="N18" s="45"/>
       <c r="O18" s="45"/>
       <c r="P18" s="46"/>
       <c r="Q18" s="46"/>
       <c r="R18" s="45"/>
       <c r="S18" s="62"/>
       <c r="T18" s="47"/>
       <c r="U18" s="84"/>
       <c r="V18" s="45"/>
       <c r="W18" s="47"/>
       <c r="X18" s="45"/>
       <c r="Y18" s="47"/>
       <c r="Z18" s="45"/>
       <c r="AA18" s="47"/>
@@ -3404,53 +3425,53 @@
       <c r="AP18" s="74"/>
       <c r="AQ18" s="83"/>
       <c r="AR18" s="74"/>
       <c r="AS18" s="75"/>
       <c r="AT18" s="76"/>
       <c r="AU18" s="74"/>
       <c r="AV18" s="74"/>
       <c r="AW18" s="74"/>
       <c r="AX18" s="74"/>
       <c r="AY18" s="76"/>
       <c r="AZ18" s="74"/>
       <c r="BA18" s="81"/>
       <c r="BB18" s="74"/>
       <c r="BC18" s="74"/>
       <c r="BD18" s="81"/>
       <c r="BE18" s="74"/>
       <c r="BG18" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH18" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="19" spans="3:60">
       <c r="C19" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D19" s="45"/>
       <c r="E19" s="45"/>
       <c r="F19" s="45"/>
       <c r="G19" s="45"/>
       <c r="H19" s="45"/>
       <c r="I19" s="45"/>
       <c r="J19" s="45"/>
       <c r="K19" s="45"/>
       <c r="L19" s="45"/>
       <c r="M19" s="45"/>
       <c r="N19" s="45"/>
       <c r="O19" s="45"/>
       <c r="P19" s="46"/>
       <c r="Q19" s="46"/>
       <c r="R19" s="45"/>
       <c r="S19" s="62"/>
       <c r="T19" s="47"/>
       <c r="U19" s="84"/>
       <c r="V19" s="45"/>
       <c r="W19" s="47"/>
       <c r="X19" s="45"/>
       <c r="Y19" s="47"/>
       <c r="Z19" s="45"/>
       <c r="AA19" s="47"/>
@@ -3470,53 +3491,53 @@
       <c r="AP19" s="74"/>
       <c r="AQ19" s="83"/>
       <c r="AR19" s="74"/>
       <c r="AS19" s="75"/>
       <c r="AT19" s="76"/>
       <c r="AU19" s="74"/>
       <c r="AV19" s="74"/>
       <c r="AW19" s="74"/>
       <c r="AX19" s="74"/>
       <c r="AY19" s="76"/>
       <c r="AZ19" s="74"/>
       <c r="BA19" s="81"/>
       <c r="BB19" s="74"/>
       <c r="BC19" s="74"/>
       <c r="BD19" s="81"/>
       <c r="BE19" s="74"/>
       <c r="BG19" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH19" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="20" spans="3:60">
       <c r="C20" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D20" s="45"/>
       <c r="E20" s="45"/>
       <c r="F20" s="45"/>
       <c r="G20" s="45"/>
       <c r="H20" s="45"/>
       <c r="I20" s="45"/>
       <c r="J20" s="45"/>
       <c r="K20" s="45"/>
       <c r="L20" s="45"/>
       <c r="M20" s="45"/>
       <c r="N20" s="45"/>
       <c r="O20" s="45"/>
       <c r="P20" s="46"/>
       <c r="Q20" s="46"/>
       <c r="R20" s="45"/>
       <c r="S20" s="62"/>
       <c r="T20" s="47"/>
       <c r="U20" s="84"/>
       <c r="V20" s="45"/>
       <c r="W20" s="47"/>
       <c r="X20" s="45"/>
       <c r="Y20" s="47"/>
       <c r="Z20" s="45"/>
       <c r="AA20" s="47"/>
@@ -3536,53 +3557,53 @@
       <c r="AP20" s="74"/>
       <c r="AQ20" s="83"/>
       <c r="AR20" s="74"/>
       <c r="AS20" s="75"/>
       <c r="AT20" s="76"/>
       <c r="AU20" s="74"/>
       <c r="AV20" s="74"/>
       <c r="AW20" s="74"/>
       <c r="AX20" s="74"/>
       <c r="AY20" s="76"/>
       <c r="AZ20" s="74"/>
       <c r="BA20" s="81"/>
       <c r="BB20" s="74"/>
       <c r="BC20" s="74"/>
       <c r="BD20" s="81"/>
       <c r="BE20" s="74"/>
       <c r="BG20" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH20" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="21" spans="3:60">
       <c r="C21" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D21" s="45"/>
       <c r="E21" s="45"/>
       <c r="F21" s="45"/>
       <c r="G21" s="45"/>
       <c r="H21" s="45"/>
       <c r="I21" s="45"/>
       <c r="J21" s="45"/>
       <c r="K21" s="45"/>
       <c r="L21" s="45"/>
       <c r="M21" s="45"/>
       <c r="N21" s="45"/>
       <c r="O21" s="45"/>
       <c r="P21" s="46"/>
       <c r="Q21" s="46"/>
       <c r="R21" s="45"/>
       <c r="S21" s="62"/>
       <c r="T21" s="47"/>
       <c r="U21" s="84"/>
       <c r="V21" s="45"/>
       <c r="W21" s="47"/>
       <c r="X21" s="45"/>
       <c r="Y21" s="47"/>
       <c r="Z21" s="45"/>
       <c r="AA21" s="47"/>
@@ -3602,53 +3623,53 @@
       <c r="AP21" s="74"/>
       <c r="AQ21" s="83"/>
       <c r="AR21" s="74"/>
       <c r="AS21" s="75"/>
       <c r="AT21" s="76"/>
       <c r="AU21" s="74"/>
       <c r="AV21" s="74"/>
       <c r="AW21" s="74"/>
       <c r="AX21" s="74"/>
       <c r="AY21" s="76"/>
       <c r="AZ21" s="74"/>
       <c r="BA21" s="81"/>
       <c r="BB21" s="74"/>
       <c r="BC21" s="74"/>
       <c r="BD21" s="81"/>
       <c r="BE21" s="74"/>
       <c r="BG21" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH21" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="22" spans="3:60">
       <c r="C22" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D22" s="45"/>
       <c r="E22" s="45"/>
       <c r="F22" s="45"/>
       <c r="G22" s="45"/>
       <c r="H22" s="45"/>
       <c r="I22" s="45"/>
       <c r="J22" s="45"/>
       <c r="K22" s="45"/>
       <c r="L22" s="45"/>
       <c r="M22" s="45"/>
       <c r="N22" s="45"/>
       <c r="O22" s="45"/>
       <c r="P22" s="46"/>
       <c r="Q22" s="46"/>
       <c r="R22" s="45"/>
       <c r="S22" s="62"/>
       <c r="T22" s="47"/>
       <c r="U22" s="84"/>
       <c r="V22" s="45"/>
       <c r="W22" s="47"/>
       <c r="X22" s="45"/>
       <c r="Y22" s="47"/>
       <c r="Z22" s="45"/>
       <c r="AA22" s="47"/>
@@ -3668,53 +3689,53 @@
       <c r="AP22" s="74"/>
       <c r="AQ22" s="83"/>
       <c r="AR22" s="74"/>
       <c r="AS22" s="75"/>
       <c r="AT22" s="76"/>
       <c r="AU22" s="74"/>
       <c r="AV22" s="74"/>
       <c r="AW22" s="74"/>
       <c r="AX22" s="74"/>
       <c r="AY22" s="76"/>
       <c r="AZ22" s="74"/>
       <c r="BA22" s="81"/>
       <c r="BB22" s="74"/>
       <c r="BC22" s="74"/>
       <c r="BD22" s="81"/>
       <c r="BE22" s="74"/>
       <c r="BG22" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH22" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="23" spans="3:60">
       <c r="C23" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D23" s="45"/>
       <c r="E23" s="45"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="45"/>
       <c r="I23" s="45"/>
       <c r="J23" s="45"/>
       <c r="K23" s="45"/>
       <c r="L23" s="45"/>
       <c r="M23" s="45"/>
       <c r="N23" s="45"/>
       <c r="O23" s="45"/>
       <c r="P23" s="46"/>
       <c r="Q23" s="46"/>
       <c r="R23" s="45"/>
       <c r="S23" s="62"/>
       <c r="T23" s="47"/>
       <c r="U23" s="84"/>
       <c r="V23" s="45"/>
       <c r="W23" s="47"/>
       <c r="X23" s="45"/>
       <c r="Y23" s="47"/>
       <c r="Z23" s="45"/>
       <c r="AA23" s="47"/>
@@ -3734,53 +3755,53 @@
       <c r="AP23" s="74"/>
       <c r="AQ23" s="83"/>
       <c r="AR23" s="74"/>
       <c r="AS23" s="75"/>
       <c r="AT23" s="76"/>
       <c r="AU23" s="74"/>
       <c r="AV23" s="74"/>
       <c r="AW23" s="74"/>
       <c r="AX23" s="74"/>
       <c r="AY23" s="76"/>
       <c r="AZ23" s="74"/>
       <c r="BA23" s="81"/>
       <c r="BB23" s="74"/>
       <c r="BC23" s="74"/>
       <c r="BD23" s="81"/>
       <c r="BE23" s="74"/>
       <c r="BG23" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH23" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="24" spans="3:60">
       <c r="C24" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D24" s="45"/>
       <c r="E24" s="45"/>
       <c r="F24" s="45"/>
       <c r="G24" s="45"/>
       <c r="H24" s="45"/>
       <c r="I24" s="45"/>
       <c r="J24" s="45"/>
       <c r="K24" s="45"/>
       <c r="L24" s="45"/>
       <c r="M24" s="45"/>
       <c r="N24" s="45"/>
       <c r="O24" s="45"/>
       <c r="P24" s="46"/>
       <c r="Q24" s="46"/>
       <c r="R24" s="45"/>
       <c r="S24" s="62"/>
       <c r="T24" s="47"/>
       <c r="U24" s="84"/>
       <c r="V24" s="45"/>
       <c r="W24" s="47"/>
       <c r="X24" s="45"/>
       <c r="Y24" s="47"/>
       <c r="Z24" s="45"/>
       <c r="AA24" s="47"/>
@@ -3800,53 +3821,53 @@
       <c r="AP24" s="74"/>
       <c r="AQ24" s="83"/>
       <c r="AR24" s="74"/>
       <c r="AS24" s="75"/>
       <c r="AT24" s="76"/>
       <c r="AU24" s="74"/>
       <c r="AV24" s="74"/>
       <c r="AW24" s="74"/>
       <c r="AX24" s="74"/>
       <c r="AY24" s="76"/>
       <c r="AZ24" s="74"/>
       <c r="BA24" s="81"/>
       <c r="BB24" s="74"/>
       <c r="BC24" s="74"/>
       <c r="BD24" s="81"/>
       <c r="BE24" s="74"/>
       <c r="BG24" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH24" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="25" spans="3:60">
       <c r="C25" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D25" s="45"/>
       <c r="E25" s="45"/>
       <c r="F25" s="45"/>
       <c r="G25" s="45"/>
       <c r="H25" s="45"/>
       <c r="I25" s="45"/>
       <c r="J25" s="45"/>
       <c r="K25" s="45"/>
       <c r="L25" s="45"/>
       <c r="M25" s="45"/>
       <c r="N25" s="45"/>
       <c r="O25" s="45"/>
       <c r="P25" s="46"/>
       <c r="Q25" s="46"/>
       <c r="R25" s="45"/>
       <c r="S25" s="62"/>
       <c r="T25" s="47"/>
       <c r="U25" s="84"/>
       <c r="V25" s="45"/>
       <c r="W25" s="47"/>
       <c r="X25" s="45"/>
       <c r="Y25" s="47"/>
       <c r="Z25" s="45"/>
       <c r="AA25" s="47"/>
@@ -3866,53 +3887,53 @@
       <c r="AP25" s="74"/>
       <c r="AQ25" s="83"/>
       <c r="AR25" s="74"/>
       <c r="AS25" s="75"/>
       <c r="AT25" s="76"/>
       <c r="AU25" s="74"/>
       <c r="AV25" s="74"/>
       <c r="AW25" s="74"/>
       <c r="AX25" s="74"/>
       <c r="AY25" s="76"/>
       <c r="AZ25" s="74"/>
       <c r="BA25" s="81"/>
       <c r="BB25" s="74"/>
       <c r="BC25" s="74"/>
       <c r="BD25" s="81"/>
       <c r="BE25" s="74"/>
       <c r="BG25" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH25" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="26" spans="3:60">
       <c r="C26" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D26" s="45"/>
       <c r="E26" s="45"/>
       <c r="F26" s="45"/>
       <c r="G26" s="45"/>
       <c r="H26" s="45"/>
       <c r="I26" s="45"/>
       <c r="J26" s="45"/>
       <c r="K26" s="45"/>
       <c r="L26" s="45"/>
       <c r="M26" s="45"/>
       <c r="N26" s="45"/>
       <c r="O26" s="45"/>
       <c r="P26" s="46"/>
       <c r="Q26" s="46"/>
       <c r="R26" s="45"/>
       <c r="S26" s="62"/>
       <c r="T26" s="47"/>
       <c r="U26" s="84"/>
       <c r="V26" s="45"/>
       <c r="W26" s="47"/>
       <c r="X26" s="45"/>
       <c r="Y26" s="47"/>
       <c r="Z26" s="45"/>
       <c r="AA26" s="47"/>
@@ -3932,53 +3953,53 @@
       <c r="AP26" s="74"/>
       <c r="AQ26" s="83"/>
       <c r="AR26" s="74"/>
       <c r="AS26" s="75"/>
       <c r="AT26" s="76"/>
       <c r="AU26" s="74"/>
       <c r="AV26" s="74"/>
       <c r="AW26" s="74"/>
       <c r="AX26" s="74"/>
       <c r="AY26" s="76"/>
       <c r="AZ26" s="74"/>
       <c r="BA26" s="81"/>
       <c r="BB26" s="74"/>
       <c r="BC26" s="74"/>
       <c r="BD26" s="81"/>
       <c r="BE26" s="74"/>
       <c r="BG26" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH26" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="27" spans="3:60">
       <c r="C27" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D27" s="45"/>
       <c r="E27" s="45"/>
       <c r="F27" s="45"/>
       <c r="G27" s="45"/>
       <c r="H27" s="45"/>
       <c r="I27" s="45"/>
       <c r="J27" s="45"/>
       <c r="K27" s="45"/>
       <c r="L27" s="45"/>
       <c r="M27" s="45"/>
       <c r="N27" s="45"/>
       <c r="O27" s="45"/>
       <c r="P27" s="46"/>
       <c r="Q27" s="46"/>
       <c r="R27" s="45"/>
       <c r="S27" s="62"/>
       <c r="T27" s="47"/>
       <c r="U27" s="84"/>
       <c r="V27" s="45"/>
       <c r="W27" s="47"/>
       <c r="X27" s="45"/>
       <c r="Y27" s="47"/>
       <c r="Z27" s="45"/>
       <c r="AA27" s="47"/>
@@ -3998,53 +4019,53 @@
       <c r="AP27" s="74"/>
       <c r="AQ27" s="83"/>
       <c r="AR27" s="74"/>
       <c r="AS27" s="75"/>
       <c r="AT27" s="76"/>
       <c r="AU27" s="74"/>
       <c r="AV27" s="74"/>
       <c r="AW27" s="74"/>
       <c r="AX27" s="74"/>
       <c r="AY27" s="76"/>
       <c r="AZ27" s="74"/>
       <c r="BA27" s="81"/>
       <c r="BB27" s="74"/>
       <c r="BC27" s="74"/>
       <c r="BD27" s="81"/>
       <c r="BE27" s="74"/>
       <c r="BG27" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH27" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="28" spans="3:60">
       <c r="C28" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D28" s="45"/>
       <c r="E28" s="45"/>
       <c r="F28" s="45"/>
       <c r="G28" s="45"/>
       <c r="H28" s="45"/>
       <c r="I28" s="45"/>
       <c r="J28" s="45"/>
       <c r="K28" s="45"/>
       <c r="L28" s="45"/>
       <c r="M28" s="45"/>
       <c r="N28" s="45"/>
       <c r="O28" s="45"/>
       <c r="P28" s="46"/>
       <c r="Q28" s="46"/>
       <c r="R28" s="45"/>
       <c r="S28" s="62"/>
       <c r="T28" s="47"/>
       <c r="U28" s="84"/>
       <c r="V28" s="45"/>
       <c r="W28" s="47"/>
       <c r="X28" s="45"/>
       <c r="Y28" s="47"/>
       <c r="Z28" s="45"/>
       <c r="AA28" s="47"/>
@@ -4064,53 +4085,53 @@
       <c r="AP28" s="74"/>
       <c r="AQ28" s="83"/>
       <c r="AR28" s="74"/>
       <c r="AS28" s="75"/>
       <c r="AT28" s="76"/>
       <c r="AU28" s="74"/>
       <c r="AV28" s="74"/>
       <c r="AW28" s="74"/>
       <c r="AX28" s="74"/>
       <c r="AY28" s="76"/>
       <c r="AZ28" s="74"/>
       <c r="BA28" s="81"/>
       <c r="BB28" s="74"/>
       <c r="BC28" s="74"/>
       <c r="BD28" s="81"/>
       <c r="BE28" s="74"/>
       <c r="BG28" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH28" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="29" spans="3:60">
       <c r="C29" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D29" s="45"/>
       <c r="E29" s="45"/>
       <c r="F29" s="45"/>
       <c r="G29" s="45"/>
       <c r="H29" s="45"/>
       <c r="I29" s="45"/>
       <c r="J29" s="45"/>
       <c r="K29" s="45"/>
       <c r="L29" s="45"/>
       <c r="M29" s="45"/>
       <c r="N29" s="45"/>
       <c r="O29" s="45"/>
       <c r="P29" s="46"/>
       <c r="Q29" s="46"/>
       <c r="R29" s="45"/>
       <c r="S29" s="62"/>
       <c r="T29" s="47"/>
       <c r="U29" s="84"/>
       <c r="V29" s="45"/>
       <c r="W29" s="47"/>
       <c r="X29" s="45"/>
       <c r="Y29" s="47"/>
       <c r="Z29" s="45"/>
       <c r="AA29" s="47"/>
@@ -4130,53 +4151,53 @@
       <c r="AP29" s="74"/>
       <c r="AQ29" s="83"/>
       <c r="AR29" s="74"/>
       <c r="AS29" s="75"/>
       <c r="AT29" s="76"/>
       <c r="AU29" s="74"/>
       <c r="AV29" s="74"/>
       <c r="AW29" s="74"/>
       <c r="AX29" s="74"/>
       <c r="AY29" s="76"/>
       <c r="AZ29" s="74"/>
       <c r="BA29" s="81"/>
       <c r="BB29" s="74"/>
       <c r="BC29" s="74"/>
       <c r="BD29" s="81"/>
       <c r="BE29" s="74"/>
       <c r="BG29" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH29" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="30" spans="3:60">
       <c r="C30" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D30" s="45"/>
       <c r="E30" s="45"/>
       <c r="F30" s="45"/>
       <c r="G30" s="45"/>
       <c r="H30" s="45"/>
       <c r="I30" s="45"/>
       <c r="J30" s="45"/>
       <c r="K30" s="45"/>
       <c r="L30" s="45"/>
       <c r="M30" s="45"/>
       <c r="N30" s="45"/>
       <c r="O30" s="45"/>
       <c r="P30" s="46"/>
       <c r="Q30" s="46"/>
       <c r="R30" s="45"/>
       <c r="S30" s="62"/>
       <c r="T30" s="47"/>
       <c r="U30" s="84"/>
       <c r="V30" s="45"/>
       <c r="W30" s="47"/>
       <c r="X30" s="45"/>
       <c r="Y30" s="47"/>
       <c r="Z30" s="45"/>
       <c r="AA30" s="47"/>
@@ -4196,53 +4217,53 @@
       <c r="AP30" s="74"/>
       <c r="AQ30" s="83"/>
       <c r="AR30" s="74"/>
       <c r="AS30" s="75"/>
       <c r="AT30" s="76"/>
       <c r="AU30" s="74"/>
       <c r="AV30" s="74"/>
       <c r="AW30" s="74"/>
       <c r="AX30" s="74"/>
       <c r="AY30" s="76"/>
       <c r="AZ30" s="74"/>
       <c r="BA30" s="81"/>
       <c r="BB30" s="74"/>
       <c r="BC30" s="74"/>
       <c r="BD30" s="81"/>
       <c r="BE30" s="74"/>
       <c r="BG30" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH30" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="31" spans="3:60">
       <c r="C31" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D31" s="45"/>
       <c r="E31" s="45"/>
       <c r="F31" s="45"/>
       <c r="G31" s="45"/>
       <c r="H31" s="68"/>
       <c r="I31" s="67"/>
       <c r="J31" s="45"/>
       <c r="K31" s="45"/>
       <c r="L31" s="45"/>
       <c r="M31" s="45"/>
       <c r="N31" s="45"/>
       <c r="O31" s="45"/>
       <c r="P31" s="46"/>
       <c r="Q31" s="69"/>
       <c r="R31" s="45"/>
       <c r="S31" s="62"/>
       <c r="T31" s="47"/>
       <c r="U31" s="84"/>
       <c r="V31" s="70"/>
       <c r="W31" s="47"/>
       <c r="X31" s="45"/>
       <c r="Y31" s="47"/>
       <c r="Z31" s="45"/>
       <c r="AA31" s="47"/>
@@ -4262,53 +4283,53 @@
       <c r="AP31" s="74"/>
       <c r="AQ31" s="83"/>
       <c r="AR31" s="74"/>
       <c r="AS31" s="75"/>
       <c r="AT31" s="76"/>
       <c r="AU31" s="74"/>
       <c r="AV31" s="74"/>
       <c r="AW31" s="74"/>
       <c r="AX31" s="74"/>
       <c r="AY31" s="76"/>
       <c r="AZ31" s="74"/>
       <c r="BA31" s="81"/>
       <c r="BB31" s="74"/>
       <c r="BC31" s="74"/>
       <c r="BD31" s="81"/>
       <c r="BE31" s="74"/>
       <c r="BG31" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH31" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="32" spans="3:60">
       <c r="C32" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D32" s="45"/>
       <c r="E32" s="45"/>
       <c r="F32" s="45"/>
       <c r="G32" s="45"/>
       <c r="H32" s="71"/>
       <c r="I32" s="67"/>
       <c r="J32" s="45"/>
       <c r="K32" s="45"/>
       <c r="L32" s="45"/>
       <c r="M32" s="45"/>
       <c r="N32" s="45"/>
       <c r="O32" s="45"/>
       <c r="P32" s="46"/>
       <c r="Q32" s="69"/>
       <c r="R32" s="45"/>
       <c r="S32" s="62"/>
       <c r="T32" s="47"/>
       <c r="U32" s="84"/>
       <c r="V32" s="45"/>
       <c r="W32" s="47"/>
       <c r="X32" s="45"/>
       <c r="Y32" s="47"/>
       <c r="Z32" s="45"/>
       <c r="AA32" s="47"/>
@@ -4328,53 +4349,53 @@
       <c r="AP32" s="74"/>
       <c r="AQ32" s="83"/>
       <c r="AR32" s="74"/>
       <c r="AS32" s="75"/>
       <c r="AT32" s="76"/>
       <c r="AU32" s="74"/>
       <c r="AV32" s="74"/>
       <c r="AW32" s="74"/>
       <c r="AX32" s="74"/>
       <c r="AY32" s="76"/>
       <c r="AZ32" s="74"/>
       <c r="BA32" s="81"/>
       <c r="BB32" s="74"/>
       <c r="BC32" s="74"/>
       <c r="BD32" s="81"/>
       <c r="BE32" s="74"/>
       <c r="BG32" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH32" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="33" spans="3:60">
       <c r="C33" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D33" s="45"/>
       <c r="E33" s="45"/>
       <c r="F33" s="45"/>
       <c r="G33" s="45"/>
       <c r="H33" s="71"/>
       <c r="I33" s="67"/>
       <c r="J33" s="45"/>
       <c r="K33" s="45"/>
       <c r="L33" s="45"/>
       <c r="M33" s="45"/>
       <c r="N33" s="45"/>
       <c r="O33" s="45"/>
       <c r="P33" s="46"/>
       <c r="Q33" s="69"/>
       <c r="R33" s="45"/>
       <c r="S33" s="62"/>
       <c r="T33" s="47"/>
       <c r="U33" s="84"/>
       <c r="V33" s="45"/>
       <c r="W33" s="47"/>
       <c r="X33" s="45"/>
       <c r="Y33" s="47"/>
       <c r="Z33" s="45"/>
       <c r="AA33" s="47"/>
@@ -4394,53 +4415,53 @@
       <c r="AP33" s="74"/>
       <c r="AQ33" s="83"/>
       <c r="AR33" s="74"/>
       <c r="AS33" s="75"/>
       <c r="AT33" s="76"/>
       <c r="AU33" s="74"/>
       <c r="AV33" s="74"/>
       <c r="AW33" s="74"/>
       <c r="AX33" s="74"/>
       <c r="AY33" s="76"/>
       <c r="AZ33" s="74"/>
       <c r="BA33" s="81"/>
       <c r="BB33" s="74"/>
       <c r="BC33" s="74"/>
       <c r="BD33" s="81"/>
       <c r="BE33" s="74"/>
       <c r="BG33" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH33" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="34" spans="3:60">
       <c r="C34" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D34" s="45"/>
       <c r="E34" s="45"/>
       <c r="F34" s="45"/>
       <c r="G34" s="45"/>
       <c r="H34" s="71"/>
       <c r="I34" s="67"/>
       <c r="J34" s="45"/>
       <c r="K34" s="45"/>
       <c r="L34" s="45"/>
       <c r="M34" s="45"/>
       <c r="N34" s="45"/>
       <c r="O34" s="45"/>
       <c r="P34" s="46"/>
       <c r="Q34" s="69"/>
       <c r="R34" s="45"/>
       <c r="S34" s="62"/>
       <c r="T34" s="47"/>
       <c r="U34" s="84"/>
       <c r="V34" s="45"/>
       <c r="W34" s="47"/>
       <c r="X34" s="45"/>
       <c r="Y34" s="47"/>
       <c r="Z34" s="45"/>
       <c r="AA34" s="47"/>
@@ -4460,53 +4481,53 @@
       <c r="AP34" s="74"/>
       <c r="AQ34" s="83"/>
       <c r="AR34" s="74"/>
       <c r="AS34" s="75"/>
       <c r="AT34" s="76"/>
       <c r="AU34" s="74"/>
       <c r="AV34" s="74"/>
       <c r="AW34" s="74"/>
       <c r="AX34" s="74"/>
       <c r="AY34" s="76"/>
       <c r="AZ34" s="74"/>
       <c r="BA34" s="81"/>
       <c r="BB34" s="74"/>
       <c r="BC34" s="74"/>
       <c r="BD34" s="81"/>
       <c r="BE34" s="74"/>
       <c r="BG34" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH34" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="35" spans="3:60">
       <c r="C35" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D35" s="45"/>
       <c r="E35" s="45"/>
       <c r="F35" s="45"/>
       <c r="G35" s="45"/>
       <c r="H35" s="71"/>
       <c r="I35" s="67"/>
       <c r="J35" s="45"/>
       <c r="K35" s="45"/>
       <c r="L35" s="45"/>
       <c r="M35" s="45"/>
       <c r="N35" s="45"/>
       <c r="O35" s="45"/>
       <c r="P35" s="46"/>
       <c r="Q35" s="69"/>
       <c r="R35" s="45"/>
       <c r="S35" s="62"/>
       <c r="T35" s="47"/>
       <c r="U35" s="84"/>
       <c r="V35" s="45"/>
       <c r="W35" s="47"/>
       <c r="X35" s="45"/>
       <c r="Y35" s="47"/>
       <c r="Z35" s="45"/>
       <c r="AA35" s="47"/>
@@ -4526,53 +4547,53 @@
       <c r="AP35" s="74"/>
       <c r="AQ35" s="83"/>
       <c r="AR35" s="74"/>
       <c r="AS35" s="75"/>
       <c r="AT35" s="76"/>
       <c r="AU35" s="74"/>
       <c r="AV35" s="74"/>
       <c r="AW35" s="74"/>
       <c r="AX35" s="74"/>
       <c r="AY35" s="76"/>
       <c r="AZ35" s="74"/>
       <c r="BA35" s="81"/>
       <c r="BB35" s="74"/>
       <c r="BC35" s="74"/>
       <c r="BD35" s="81"/>
       <c r="BE35" s="74"/>
       <c r="BG35" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH35" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="36" spans="3:60">
       <c r="C36" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D36" s="45"/>
       <c r="E36" s="45"/>
       <c r="F36" s="45"/>
       <c r="G36" s="45"/>
       <c r="H36" s="71"/>
       <c r="I36" s="67"/>
       <c r="J36" s="45"/>
       <c r="K36" s="45"/>
       <c r="L36" s="45"/>
       <c r="M36" s="45"/>
       <c r="N36" s="45"/>
       <c r="O36" s="45"/>
       <c r="P36" s="46"/>
       <c r="Q36" s="69"/>
       <c r="R36" s="45"/>
       <c r="S36" s="62"/>
       <c r="T36" s="47"/>
       <c r="U36" s="84"/>
       <c r="V36" s="45"/>
       <c r="W36" s="47"/>
       <c r="X36" s="45"/>
       <c r="Y36" s="47"/>
       <c r="Z36" s="45"/>
       <c r="AA36" s="47"/>
@@ -4592,53 +4613,53 @@
       <c r="AP36" s="74"/>
       <c r="AQ36" s="83"/>
       <c r="AR36" s="74"/>
       <c r="AS36" s="75"/>
       <c r="AT36" s="76"/>
       <c r="AU36" s="74"/>
       <c r="AV36" s="74"/>
       <c r="AW36" s="74"/>
       <c r="AX36" s="74"/>
       <c r="AY36" s="76"/>
       <c r="AZ36" s="74"/>
       <c r="BA36" s="81"/>
       <c r="BB36" s="74"/>
       <c r="BC36" s="74"/>
       <c r="BD36" s="81"/>
       <c r="BE36" s="74"/>
       <c r="BG36" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH36" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="37" spans="3:60">
       <c r="C37" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D37" s="45"/>
       <c r="E37" s="45"/>
       <c r="F37" s="45"/>
       <c r="G37" s="45"/>
       <c r="H37" s="71"/>
       <c r="I37" s="67"/>
       <c r="J37" s="45"/>
       <c r="K37" s="45"/>
       <c r="L37" s="45"/>
       <c r="M37" s="45"/>
       <c r="N37" s="45"/>
       <c r="O37" s="45"/>
       <c r="P37" s="46"/>
       <c r="Q37" s="69"/>
       <c r="R37" s="45"/>
       <c r="S37" s="62"/>
       <c r="T37" s="47"/>
       <c r="U37" s="84"/>
       <c r="V37" s="45"/>
       <c r="W37" s="47"/>
       <c r="X37" s="45"/>
       <c r="Y37" s="47"/>
       <c r="Z37" s="45"/>
       <c r="AA37" s="47"/>
@@ -4658,53 +4679,53 @@
       <c r="AP37" s="74"/>
       <c r="AQ37" s="83"/>
       <c r="AR37" s="74"/>
       <c r="AS37" s="75"/>
       <c r="AT37" s="76"/>
       <c r="AU37" s="74"/>
       <c r="AV37" s="74"/>
       <c r="AW37" s="74"/>
       <c r="AX37" s="74"/>
       <c r="AY37" s="76"/>
       <c r="AZ37" s="74"/>
       <c r="BA37" s="81"/>
       <c r="BB37" s="74"/>
       <c r="BC37" s="74"/>
       <c r="BD37" s="81"/>
       <c r="BE37" s="74"/>
       <c r="BG37" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH37" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="38" spans="3:60">
       <c r="C38" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D38" s="45"/>
       <c r="E38" s="45"/>
       <c r="F38" s="45"/>
       <c r="G38" s="45"/>
       <c r="H38" s="71"/>
       <c r="I38" s="67"/>
       <c r="J38" s="45"/>
       <c r="K38" s="45"/>
       <c r="L38" s="45"/>
       <c r="M38" s="45"/>
       <c r="N38" s="45"/>
       <c r="O38" s="45"/>
       <c r="P38" s="46"/>
       <c r="Q38" s="69"/>
       <c r="R38" s="45"/>
       <c r="S38" s="62"/>
       <c r="T38" s="47"/>
       <c r="U38" s="84"/>
       <c r="V38" s="45"/>
       <c r="W38" s="47"/>
       <c r="X38" s="45"/>
       <c r="Y38" s="47"/>
       <c r="Z38" s="45"/>
       <c r="AA38" s="47"/>
@@ -4724,53 +4745,53 @@
       <c r="AP38" s="74"/>
       <c r="AQ38" s="83"/>
       <c r="AR38" s="74"/>
       <c r="AS38" s="75"/>
       <c r="AT38" s="76"/>
       <c r="AU38" s="74"/>
       <c r="AV38" s="74"/>
       <c r="AW38" s="74"/>
       <c r="AX38" s="74"/>
       <c r="AY38" s="76"/>
       <c r="AZ38" s="74"/>
       <c r="BA38" s="81"/>
       <c r="BB38" s="74"/>
       <c r="BC38" s="74"/>
       <c r="BD38" s="81"/>
       <c r="BE38" s="74"/>
       <c r="BG38" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH38" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="39" spans="3:60">
       <c r="C39" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D39" s="45"/>
       <c r="E39" s="45"/>
       <c r="F39" s="45"/>
       <c r="G39" s="45"/>
       <c r="H39" s="71"/>
       <c r="I39" s="67"/>
       <c r="J39" s="45"/>
       <c r="K39" s="45"/>
       <c r="L39" s="45"/>
       <c r="M39" s="45"/>
       <c r="N39" s="45"/>
       <c r="O39" s="45"/>
       <c r="P39" s="46"/>
       <c r="Q39" s="69"/>
       <c r="R39" s="45"/>
       <c r="S39" s="62"/>
       <c r="T39" s="47"/>
       <c r="U39" s="84"/>
       <c r="V39" s="45"/>
       <c r="W39" s="47"/>
       <c r="X39" s="45"/>
       <c r="Y39" s="47"/>
       <c r="Z39" s="45"/>
       <c r="AA39" s="47"/>
@@ -4790,119 +4811,119 @@
       <c r="AP39" s="74"/>
       <c r="AQ39" s="83"/>
       <c r="AR39" s="74"/>
       <c r="AS39" s="75"/>
       <c r="AT39" s="76"/>
       <c r="AU39" s="74"/>
       <c r="AV39" s="74"/>
       <c r="AW39" s="74"/>
       <c r="AX39" s="74"/>
       <c r="AY39" s="76"/>
       <c r="AZ39" s="74"/>
       <c r="BA39" s="81"/>
       <c r="BB39" s="74"/>
       <c r="BC39" s="74"/>
       <c r="BD39" s="81"/>
       <c r="BE39" s="74"/>
       <c r="BG39" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH39" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="40" spans="3:60">
       <c r="C40" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D40" s="45"/>
       <c r="E40" s="45"/>
       <c r="F40" s="45"/>
       <c r="G40" s="45"/>
       <c r="H40" s="73"/>
       <c r="I40" s="67"/>
       <c r="J40" s="45"/>
       <c r="K40" s="45"/>
       <c r="L40" s="45"/>
       <c r="M40" s="45"/>
       <c r="N40" s="45"/>
       <c r="O40" s="45"/>
       <c r="P40" s="46"/>
       <c r="Q40" s="69"/>
       <c r="R40" s="45"/>
       <c r="S40" s="62"/>
       <c r="T40" s="47"/>
       <c r="U40" s="84"/>
       <c r="V40" s="45"/>
       <c r="W40" s="47"/>
       <c r="X40" s="45"/>
       <c r="Y40" s="47"/>
       <c r="Z40" s="45"/>
       <c r="AA40" s="47"/>
       <c r="AB40" s="64"/>
       <c r="AC40" s="47"/>
       <c r="AD40" s="45"/>
-      <c r="AE40" s="88"/>
-[...5 lines deleted...]
-      <c r="AK40" s="91"/>
+      <c r="AE40" s="110"/>
+      <c r="AF40" s="111"/>
+      <c r="AG40" s="112"/>
+      <c r="AH40" s="112"/>
+      <c r="AI40" s="112"/>
+      <c r="AJ40" s="112"/>
+      <c r="AK40" s="113"/>
       <c r="AL40" s="45"/>
       <c r="AN40" s="74"/>
       <c r="AO40" s="74"/>
       <c r="AP40" s="74"/>
       <c r="AQ40" s="83"/>
       <c r="AR40" s="74"/>
       <c r="AS40" s="75"/>
       <c r="AT40" s="76"/>
       <c r="AU40" s="74"/>
       <c r="AV40" s="74"/>
       <c r="AW40" s="74"/>
       <c r="AX40" s="74"/>
       <c r="AY40" s="76"/>
       <c r="AZ40" s="74"/>
       <c r="BA40" s="81"/>
       <c r="BB40" s="74"/>
       <c r="BC40" s="74"/>
       <c r="BD40" s="81"/>
       <c r="BE40" s="74"/>
       <c r="BG40" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH40" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="41" spans="3:60">
       <c r="C41" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D41" s="45"/>
       <c r="E41" s="45"/>
       <c r="F41" s="45"/>
       <c r="G41" s="45"/>
       <c r="H41" s="45"/>
       <c r="I41" s="45"/>
       <c r="J41" s="45"/>
       <c r="K41" s="45"/>
       <c r="L41" s="45"/>
       <c r="M41" s="45"/>
       <c r="N41" s="45"/>
       <c r="O41" s="45"/>
       <c r="P41" s="46"/>
       <c r="Q41" s="46"/>
       <c r="R41" s="45"/>
       <c r="S41" s="62"/>
       <c r="T41" s="47"/>
       <c r="U41" s="84"/>
       <c r="V41" s="45"/>
       <c r="W41" s="47"/>
       <c r="X41" s="45"/>
       <c r="Y41" s="47"/>
       <c r="Z41" s="45"/>
       <c r="AA41" s="47"/>
@@ -4922,53 +4943,53 @@
       <c r="AP41" s="74"/>
       <c r="AQ41" s="83"/>
       <c r="AR41" s="74"/>
       <c r="AS41" s="75"/>
       <c r="AT41" s="76"/>
       <c r="AU41" s="74"/>
       <c r="AV41" s="74"/>
       <c r="AW41" s="74"/>
       <c r="AX41" s="74"/>
       <c r="AY41" s="76"/>
       <c r="AZ41" s="74"/>
       <c r="BA41" s="81"/>
       <c r="BB41" s="74"/>
       <c r="BC41" s="74"/>
       <c r="BD41" s="81"/>
       <c r="BE41" s="74"/>
       <c r="BG41" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH41" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="42" spans="3:60">
       <c r="C42" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D42" s="45"/>
       <c r="E42" s="45"/>
       <c r="F42" s="45"/>
       <c r="G42" s="45"/>
       <c r="H42" s="45"/>
       <c r="I42" s="45"/>
       <c r="J42" s="45"/>
       <c r="K42" s="45"/>
       <c r="L42" s="45"/>
       <c r="M42" s="45"/>
       <c r="N42" s="45"/>
       <c r="O42" s="45"/>
       <c r="P42" s="46"/>
       <c r="Q42" s="46"/>
       <c r="R42" s="45"/>
       <c r="S42" s="62"/>
       <c r="T42" s="47"/>
       <c r="U42" s="84"/>
       <c r="V42" s="45"/>
       <c r="W42" s="47"/>
       <c r="X42" s="45"/>
       <c r="Y42" s="47"/>
       <c r="Z42" s="45"/>
       <c r="AA42" s="47"/>
@@ -4988,53 +5009,53 @@
       <c r="AP42" s="74"/>
       <c r="AQ42" s="83"/>
       <c r="AR42" s="74"/>
       <c r="AS42" s="75"/>
       <c r="AT42" s="76"/>
       <c r="AU42" s="74"/>
       <c r="AV42" s="74"/>
       <c r="AW42" s="74"/>
       <c r="AX42" s="74"/>
       <c r="AY42" s="76"/>
       <c r="AZ42" s="74"/>
       <c r="BA42" s="81"/>
       <c r="BB42" s="74"/>
       <c r="BC42" s="74"/>
       <c r="BD42" s="81"/>
       <c r="BE42" s="74"/>
       <c r="BG42" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH42" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="43" spans="3:60">
       <c r="C43" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D43" s="45"/>
       <c r="E43" s="45"/>
       <c r="F43" s="45"/>
       <c r="G43" s="45"/>
       <c r="H43" s="45"/>
       <c r="I43" s="45"/>
       <c r="J43" s="45"/>
       <c r="K43" s="45"/>
       <c r="L43" s="45"/>
       <c r="M43" s="45"/>
       <c r="N43" s="45"/>
       <c r="O43" s="45"/>
       <c r="P43" s="46"/>
       <c r="Q43" s="46"/>
       <c r="R43" s="45"/>
       <c r="S43" s="62"/>
       <c r="T43" s="47"/>
       <c r="U43" s="84"/>
       <c r="V43" s="45"/>
       <c r="W43" s="47"/>
       <c r="X43" s="45"/>
       <c r="Y43" s="47"/>
       <c r="Z43" s="45"/>
       <c r="AA43" s="47"/>
@@ -5054,53 +5075,53 @@
       <c r="AP43" s="74"/>
       <c r="AQ43" s="83"/>
       <c r="AR43" s="74"/>
       <c r="AS43" s="75"/>
       <c r="AT43" s="76"/>
       <c r="AU43" s="74"/>
       <c r="AV43" s="74"/>
       <c r="AW43" s="74"/>
       <c r="AX43" s="74"/>
       <c r="AY43" s="76"/>
       <c r="AZ43" s="74"/>
       <c r="BA43" s="81"/>
       <c r="BB43" s="74"/>
       <c r="BC43" s="74"/>
       <c r="BD43" s="81"/>
       <c r="BE43" s="74"/>
       <c r="BG43" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH43" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="44" spans="3:60">
       <c r="C44" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D44" s="45"/>
       <c r="E44" s="45"/>
       <c r="F44" s="45"/>
       <c r="G44" s="45"/>
       <c r="H44" s="45"/>
       <c r="I44" s="45"/>
       <c r="J44" s="45"/>
       <c r="K44" s="45"/>
       <c r="L44" s="45"/>
       <c r="M44" s="45"/>
       <c r="N44" s="45"/>
       <c r="O44" s="45"/>
       <c r="P44" s="46"/>
       <c r="Q44" s="46"/>
       <c r="R44" s="45"/>
       <c r="S44" s="62"/>
       <c r="T44" s="47"/>
       <c r="U44" s="84"/>
       <c r="V44" s="45"/>
       <c r="W44" s="47"/>
       <c r="X44" s="45"/>
       <c r="Y44" s="47"/>
       <c r="Z44" s="45"/>
       <c r="AA44" s="47"/>
@@ -5120,53 +5141,53 @@
       <c r="AP44" s="74"/>
       <c r="AQ44" s="83"/>
       <c r="AR44" s="74"/>
       <c r="AS44" s="75"/>
       <c r="AT44" s="76"/>
       <c r="AU44" s="74"/>
       <c r="AV44" s="74"/>
       <c r="AW44" s="74"/>
       <c r="AX44" s="74"/>
       <c r="AY44" s="76"/>
       <c r="AZ44" s="74"/>
       <c r="BA44" s="81"/>
       <c r="BB44" s="74"/>
       <c r="BC44" s="74"/>
       <c r="BD44" s="81"/>
       <c r="BE44" s="74"/>
       <c r="BG44" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH44" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="45" spans="3:60">
       <c r="C45" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D45" s="45"/>
       <c r="E45" s="45"/>
       <c r="F45" s="45"/>
       <c r="G45" s="45"/>
       <c r="H45" s="45"/>
       <c r="I45" s="45"/>
       <c r="J45" s="45"/>
       <c r="K45" s="45"/>
       <c r="L45" s="45"/>
       <c r="M45" s="45"/>
       <c r="N45" s="45"/>
       <c r="O45" s="45"/>
       <c r="P45" s="46"/>
       <c r="Q45" s="46"/>
       <c r="R45" s="45"/>
       <c r="S45" s="62"/>
       <c r="T45" s="47"/>
       <c r="U45" s="84"/>
       <c r="V45" s="45"/>
       <c r="W45" s="47"/>
       <c r="X45" s="45"/>
       <c r="Y45" s="47"/>
       <c r="Z45" s="45"/>
       <c r="AA45" s="47"/>
@@ -5186,53 +5207,53 @@
       <c r="AP45" s="74"/>
       <c r="AQ45" s="83"/>
       <c r="AR45" s="74"/>
       <c r="AS45" s="75"/>
       <c r="AT45" s="76"/>
       <c r="AU45" s="74"/>
       <c r="AV45" s="74"/>
       <c r="AW45" s="74"/>
       <c r="AX45" s="74"/>
       <c r="AY45" s="76"/>
       <c r="AZ45" s="74"/>
       <c r="BA45" s="81"/>
       <c r="BB45" s="74"/>
       <c r="BC45" s="74"/>
       <c r="BD45" s="81"/>
       <c r="BE45" s="74"/>
       <c r="BG45" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH45" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="46" spans="3:60">
       <c r="C46" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D46" s="45"/>
       <c r="E46" s="45"/>
       <c r="F46" s="45"/>
       <c r="G46" s="45"/>
       <c r="H46" s="45"/>
       <c r="I46" s="45"/>
       <c r="J46" s="45"/>
       <c r="K46" s="45"/>
       <c r="L46" s="45"/>
       <c r="M46" s="45"/>
       <c r="N46" s="45"/>
       <c r="O46" s="45"/>
       <c r="P46" s="46"/>
       <c r="Q46" s="46"/>
       <c r="R46" s="45"/>
       <c r="S46" s="62"/>
       <c r="T46" s="47"/>
       <c r="U46" s="84"/>
       <c r="V46" s="45"/>
       <c r="W46" s="47"/>
       <c r="X46" s="45"/>
       <c r="Y46" s="47"/>
       <c r="Z46" s="45"/>
       <c r="AA46" s="47"/>
@@ -5252,53 +5273,53 @@
       <c r="AP46" s="74"/>
       <c r="AQ46" s="83"/>
       <c r="AR46" s="74"/>
       <c r="AS46" s="75"/>
       <c r="AT46" s="76"/>
       <c r="AU46" s="74"/>
       <c r="AV46" s="74"/>
       <c r="AW46" s="74"/>
       <c r="AX46" s="74"/>
       <c r="AY46" s="76"/>
       <c r="AZ46" s="74"/>
       <c r="BA46" s="81"/>
       <c r="BB46" s="74"/>
       <c r="BC46" s="74"/>
       <c r="BD46" s="81"/>
       <c r="BE46" s="74"/>
       <c r="BG46" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH46" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="47" spans="3:60">
       <c r="C47" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D47" s="45"/>
       <c r="E47" s="45"/>
       <c r="F47" s="45"/>
       <c r="G47" s="45"/>
       <c r="H47" s="45"/>
       <c r="I47" s="45"/>
       <c r="J47" s="45"/>
       <c r="K47" s="45"/>
       <c r="L47" s="45"/>
       <c r="M47" s="45"/>
       <c r="N47" s="45"/>
       <c r="O47" s="45"/>
       <c r="P47" s="46"/>
       <c r="Q47" s="46"/>
       <c r="R47" s="45"/>
       <c r="S47" s="62"/>
       <c r="T47" s="47"/>
       <c r="U47" s="84"/>
       <c r="V47" s="45"/>
       <c r="W47" s="47"/>
       <c r="X47" s="45"/>
       <c r="Y47" s="47"/>
       <c r="Z47" s="45"/>
       <c r="AA47" s="47"/>
@@ -5318,53 +5339,53 @@
       <c r="AP47" s="74"/>
       <c r="AQ47" s="83"/>
       <c r="AR47" s="74"/>
       <c r="AS47" s="75"/>
       <c r="AT47" s="76"/>
       <c r="AU47" s="74"/>
       <c r="AV47" s="74"/>
       <c r="AW47" s="74"/>
       <c r="AX47" s="74"/>
       <c r="AY47" s="76"/>
       <c r="AZ47" s="74"/>
       <c r="BA47" s="81"/>
       <c r="BB47" s="74"/>
       <c r="BC47" s="74"/>
       <c r="BD47" s="81"/>
       <c r="BE47" s="74"/>
       <c r="BG47" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH47" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="48" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="48" spans="3:60">
       <c r="C48" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D48" s="45"/>
       <c r="E48" s="45"/>
       <c r="F48" s="45"/>
       <c r="G48" s="45"/>
       <c r="H48" s="45"/>
       <c r="I48" s="45"/>
       <c r="J48" s="45"/>
       <c r="K48" s="45"/>
       <c r="L48" s="45"/>
       <c r="M48" s="45"/>
       <c r="N48" s="45"/>
       <c r="O48" s="45"/>
       <c r="P48" s="46"/>
       <c r="Q48" s="46"/>
       <c r="R48" s="45"/>
       <c r="S48" s="62"/>
       <c r="T48" s="47"/>
       <c r="U48" s="84"/>
       <c r="V48" s="45"/>
       <c r="W48" s="47"/>
       <c r="X48" s="45"/>
       <c r="Y48" s="47"/>
       <c r="Z48" s="45"/>
       <c r="AA48" s="47"/>
@@ -5384,53 +5405,53 @@
       <c r="AP48" s="74"/>
       <c r="AQ48" s="83"/>
       <c r="AR48" s="74"/>
       <c r="AS48" s="75"/>
       <c r="AT48" s="76"/>
       <c r="AU48" s="74"/>
       <c r="AV48" s="74"/>
       <c r="AW48" s="74"/>
       <c r="AX48" s="74"/>
       <c r="AY48" s="76"/>
       <c r="AZ48" s="74"/>
       <c r="BA48" s="81"/>
       <c r="BB48" s="74"/>
       <c r="BC48" s="74"/>
       <c r="BD48" s="81"/>
       <c r="BE48" s="74"/>
       <c r="BG48" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH48" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="49" spans="3:60">
       <c r="C49" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D49" s="45"/>
       <c r="E49" s="45"/>
       <c r="F49" s="45"/>
       <c r="G49" s="45"/>
       <c r="H49" s="45"/>
       <c r="I49" s="45"/>
       <c r="J49" s="45"/>
       <c r="K49" s="45"/>
       <c r="L49" s="45"/>
       <c r="M49" s="45"/>
       <c r="N49" s="45"/>
       <c r="O49" s="45"/>
       <c r="P49" s="46"/>
       <c r="Q49" s="46"/>
       <c r="R49" s="45"/>
       <c r="S49" s="62"/>
       <c r="T49" s="47"/>
       <c r="U49" s="84"/>
       <c r="V49" s="45"/>
       <c r="W49" s="47"/>
       <c r="X49" s="45"/>
       <c r="Y49" s="47"/>
       <c r="Z49" s="45"/>
       <c r="AA49" s="47"/>
@@ -5450,53 +5471,53 @@
       <c r="AP49" s="74"/>
       <c r="AQ49" s="83"/>
       <c r="AR49" s="74"/>
       <c r="AS49" s="75"/>
       <c r="AT49" s="76"/>
       <c r="AU49" s="74"/>
       <c r="AV49" s="74"/>
       <c r="AW49" s="74"/>
       <c r="AX49" s="74"/>
       <c r="AY49" s="76"/>
       <c r="AZ49" s="74"/>
       <c r="BA49" s="81"/>
       <c r="BB49" s="74"/>
       <c r="BC49" s="74"/>
       <c r="BD49" s="81"/>
       <c r="BE49" s="74"/>
       <c r="BG49" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH49" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="50" spans="3:60">
       <c r="C50" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D50" s="45"/>
       <c r="E50" s="45"/>
       <c r="F50" s="45"/>
       <c r="G50" s="45"/>
       <c r="H50" s="45"/>
       <c r="I50" s="45"/>
       <c r="J50" s="45"/>
       <c r="K50" s="45"/>
       <c r="L50" s="45"/>
       <c r="M50" s="45"/>
       <c r="N50" s="45"/>
       <c r="O50" s="45"/>
       <c r="P50" s="46"/>
       <c r="Q50" s="46"/>
       <c r="R50" s="45"/>
       <c r="S50" s="62"/>
       <c r="T50" s="47"/>
       <c r="U50" s="84"/>
       <c r="V50" s="45"/>
       <c r="W50" s="47"/>
       <c r="X50" s="45"/>
       <c r="Y50" s="47"/>
       <c r="Z50" s="45"/>
       <c r="AA50" s="47"/>
@@ -5516,53 +5537,53 @@
       <c r="AP50" s="74"/>
       <c r="AQ50" s="83"/>
       <c r="AR50" s="74"/>
       <c r="AS50" s="75"/>
       <c r="AT50" s="76"/>
       <c r="AU50" s="74"/>
       <c r="AV50" s="74"/>
       <c r="AW50" s="74"/>
       <c r="AX50" s="74"/>
       <c r="AY50" s="76"/>
       <c r="AZ50" s="74"/>
       <c r="BA50" s="81"/>
       <c r="BB50" s="74"/>
       <c r="BC50" s="74"/>
       <c r="BD50" s="81"/>
       <c r="BE50" s="74"/>
       <c r="BG50" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH50" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="51" spans="3:60">
       <c r="C51" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D51" s="45"/>
       <c r="E51" s="45"/>
       <c r="F51" s="45"/>
       <c r="G51" s="45"/>
       <c r="H51" s="45"/>
       <c r="I51" s="45"/>
       <c r="J51" s="45"/>
       <c r="K51" s="45"/>
       <c r="L51" s="45"/>
       <c r="M51" s="45"/>
       <c r="N51" s="45"/>
       <c r="O51" s="45"/>
       <c r="P51" s="46"/>
       <c r="Q51" s="46"/>
       <c r="R51" s="45"/>
       <c r="S51" s="62"/>
       <c r="T51" s="47"/>
       <c r="U51" s="84"/>
       <c r="V51" s="45"/>
       <c r="W51" s="47"/>
       <c r="X51" s="45"/>
       <c r="Y51" s="47"/>
       <c r="Z51" s="45"/>
       <c r="AA51" s="47"/>
@@ -5582,53 +5603,53 @@
       <c r="AP51" s="74"/>
       <c r="AQ51" s="83"/>
       <c r="AR51" s="74"/>
       <c r="AS51" s="75"/>
       <c r="AT51" s="76"/>
       <c r="AU51" s="74"/>
       <c r="AV51" s="74"/>
       <c r="AW51" s="74"/>
       <c r="AX51" s="74"/>
       <c r="AY51" s="76"/>
       <c r="AZ51" s="74"/>
       <c r="BA51" s="81"/>
       <c r="BB51" s="74"/>
       <c r="BC51" s="74"/>
       <c r="BD51" s="81"/>
       <c r="BE51" s="74"/>
       <c r="BG51" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH51" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="52" spans="3:60">
       <c r="C52" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D52" s="45"/>
       <c r="E52" s="45"/>
       <c r="F52" s="45"/>
       <c r="G52" s="45"/>
       <c r="H52" s="45"/>
       <c r="I52" s="45"/>
       <c r="J52" s="45"/>
       <c r="K52" s="45"/>
       <c r="L52" s="45"/>
       <c r="M52" s="45"/>
       <c r="N52" s="45"/>
       <c r="O52" s="45"/>
       <c r="P52" s="46"/>
       <c r="Q52" s="46"/>
       <c r="R52" s="45"/>
       <c r="S52" s="62"/>
       <c r="T52" s="47"/>
       <c r="U52" s="84"/>
       <c r="V52" s="45"/>
       <c r="W52" s="47"/>
       <c r="X52" s="45"/>
       <c r="Y52" s="47"/>
       <c r="Z52" s="45"/>
       <c r="AA52" s="47"/>
@@ -5648,53 +5669,53 @@
       <c r="AP52" s="74"/>
       <c r="AQ52" s="83"/>
       <c r="AR52" s="74"/>
       <c r="AS52" s="75"/>
       <c r="AT52" s="76"/>
       <c r="AU52" s="74"/>
       <c r="AV52" s="74"/>
       <c r="AW52" s="74"/>
       <c r="AX52" s="74"/>
       <c r="AY52" s="76"/>
       <c r="AZ52" s="74"/>
       <c r="BA52" s="81"/>
       <c r="BB52" s="74"/>
       <c r="BC52" s="74"/>
       <c r="BD52" s="81"/>
       <c r="BE52" s="74"/>
       <c r="BG52" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH52" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="53" spans="3:60">
       <c r="C53" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D53" s="45"/>
       <c r="E53" s="45"/>
       <c r="F53" s="45"/>
       <c r="G53" s="45"/>
       <c r="H53" s="45"/>
       <c r="I53" s="45"/>
       <c r="J53" s="45"/>
       <c r="K53" s="45"/>
       <c r="L53" s="45"/>
       <c r="M53" s="45"/>
       <c r="N53" s="45"/>
       <c r="O53" s="45"/>
       <c r="P53" s="46"/>
       <c r="Q53" s="46"/>
       <c r="R53" s="45"/>
       <c r="S53" s="62"/>
       <c r="T53" s="47"/>
       <c r="U53" s="84"/>
       <c r="V53" s="45"/>
       <c r="W53" s="47"/>
       <c r="X53" s="45"/>
       <c r="Y53" s="47"/>
       <c r="Z53" s="45"/>
       <c r="AA53" s="47"/>
@@ -5714,53 +5735,53 @@
       <c r="AP53" s="74"/>
       <c r="AQ53" s="83"/>
       <c r="AR53" s="74"/>
       <c r="AS53" s="75"/>
       <c r="AT53" s="76"/>
       <c r="AU53" s="74"/>
       <c r="AV53" s="74"/>
       <c r="AW53" s="74"/>
       <c r="AX53" s="74"/>
       <c r="AY53" s="76"/>
       <c r="AZ53" s="74"/>
       <c r="BA53" s="81"/>
       <c r="BB53" s="74"/>
       <c r="BC53" s="74"/>
       <c r="BD53" s="81"/>
       <c r="BE53" s="74"/>
       <c r="BG53" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH53" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="54" spans="3:60">
       <c r="C54" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D54" s="45"/>
       <c r="E54" s="45"/>
       <c r="F54" s="45"/>
       <c r="G54" s="45"/>
       <c r="H54" s="45"/>
       <c r="I54" s="45"/>
       <c r="J54" s="45"/>
       <c r="K54" s="45"/>
       <c r="L54" s="45"/>
       <c r="M54" s="45"/>
       <c r="N54" s="45"/>
       <c r="O54" s="45"/>
       <c r="P54" s="46"/>
       <c r="Q54" s="46"/>
       <c r="R54" s="45"/>
       <c r="S54" s="62"/>
       <c r="T54" s="47"/>
       <c r="U54" s="84"/>
       <c r="V54" s="45"/>
       <c r="W54" s="47"/>
       <c r="X54" s="45"/>
       <c r="Y54" s="47"/>
       <c r="Z54" s="45"/>
       <c r="AA54" s="47"/>
@@ -5780,53 +5801,53 @@
       <c r="AP54" s="74"/>
       <c r="AQ54" s="83"/>
       <c r="AR54" s="74"/>
       <c r="AS54" s="75"/>
       <c r="AT54" s="76"/>
       <c r="AU54" s="74"/>
       <c r="AV54" s="74"/>
       <c r="AW54" s="74"/>
       <c r="AX54" s="74"/>
       <c r="AY54" s="76"/>
       <c r="AZ54" s="74"/>
       <c r="BA54" s="81"/>
       <c r="BB54" s="74"/>
       <c r="BC54" s="74"/>
       <c r="BD54" s="81"/>
       <c r="BE54" s="74"/>
       <c r="BG54" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH54" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="55" spans="3:60">
       <c r="C55" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D55" s="45"/>
       <c r="E55" s="45"/>
       <c r="F55" s="45"/>
       <c r="G55" s="45"/>
       <c r="H55" s="45"/>
       <c r="I55" s="45"/>
       <c r="J55" s="45"/>
       <c r="K55" s="45"/>
       <c r="L55" s="45"/>
       <c r="M55" s="45"/>
       <c r="N55" s="45"/>
       <c r="O55" s="45"/>
       <c r="P55" s="46"/>
       <c r="Q55" s="46"/>
       <c r="R55" s="45"/>
       <c r="S55" s="62"/>
       <c r="T55" s="47"/>
       <c r="U55" s="84"/>
       <c r="V55" s="45"/>
       <c r="W55" s="47"/>
       <c r="X55" s="45"/>
       <c r="Y55" s="47"/>
       <c r="Z55" s="45"/>
       <c r="AA55" s="47"/>
@@ -5846,53 +5867,53 @@
       <c r="AP55" s="74"/>
       <c r="AQ55" s="83"/>
       <c r="AR55" s="74"/>
       <c r="AS55" s="75"/>
       <c r="AT55" s="76"/>
       <c r="AU55" s="74"/>
       <c r="AV55" s="74"/>
       <c r="AW55" s="74"/>
       <c r="AX55" s="74"/>
       <c r="AY55" s="76"/>
       <c r="AZ55" s="74"/>
       <c r="BA55" s="81"/>
       <c r="BB55" s="74"/>
       <c r="BC55" s="74"/>
       <c r="BD55" s="81"/>
       <c r="BE55" s="74"/>
       <c r="BG55" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH55" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="56" spans="3:60">
       <c r="C56" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D56" s="45"/>
       <c r="E56" s="45"/>
       <c r="F56" s="45"/>
       <c r="G56" s="45"/>
       <c r="H56" s="45"/>
       <c r="I56" s="45"/>
       <c r="J56" s="45"/>
       <c r="K56" s="45"/>
       <c r="L56" s="45"/>
       <c r="M56" s="45"/>
       <c r="N56" s="45"/>
       <c r="O56" s="45"/>
       <c r="P56" s="46"/>
       <c r="Q56" s="46"/>
       <c r="R56" s="45"/>
       <c r="S56" s="62"/>
       <c r="T56" s="47"/>
       <c r="U56" s="84"/>
       <c r="V56" s="45"/>
       <c r="W56" s="47"/>
       <c r="X56" s="45"/>
       <c r="Y56" s="47"/>
       <c r="Z56" s="45"/>
       <c r="AA56" s="47"/>
@@ -5912,53 +5933,53 @@
       <c r="AP56" s="74"/>
       <c r="AQ56" s="83"/>
       <c r="AR56" s="74"/>
       <c r="AS56" s="75"/>
       <c r="AT56" s="76"/>
       <c r="AU56" s="74"/>
       <c r="AV56" s="74"/>
       <c r="AW56" s="74"/>
       <c r="AX56" s="74"/>
       <c r="AY56" s="76"/>
       <c r="AZ56" s="74"/>
       <c r="BA56" s="81"/>
       <c r="BB56" s="74"/>
       <c r="BC56" s="74"/>
       <c r="BD56" s="81"/>
       <c r="BE56" s="74"/>
       <c r="BG56" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH56" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="57" spans="3:60">
       <c r="C57" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D57" s="45"/>
       <c r="E57" s="45"/>
       <c r="F57" s="45"/>
       <c r="G57" s="45"/>
       <c r="H57" s="45"/>
       <c r="I57" s="45"/>
       <c r="J57" s="45"/>
       <c r="K57" s="45"/>
       <c r="L57" s="45"/>
       <c r="M57" s="45"/>
       <c r="N57" s="45"/>
       <c r="O57" s="45"/>
       <c r="P57" s="46"/>
       <c r="Q57" s="46"/>
       <c r="R57" s="45"/>
       <c r="S57" s="62"/>
       <c r="T57" s="47"/>
       <c r="U57" s="84"/>
       <c r="V57" s="45"/>
       <c r="W57" s="47"/>
       <c r="X57" s="45"/>
       <c r="Y57" s="47"/>
       <c r="Z57" s="45"/>
       <c r="AA57" s="47"/>
@@ -5978,53 +5999,53 @@
       <c r="AP57" s="74"/>
       <c r="AQ57" s="83"/>
       <c r="AR57" s="74"/>
       <c r="AS57" s="75"/>
       <c r="AT57" s="76"/>
       <c r="AU57" s="74"/>
       <c r="AV57" s="74"/>
       <c r="AW57" s="74"/>
       <c r="AX57" s="74"/>
       <c r="AY57" s="76"/>
       <c r="AZ57" s="74"/>
       <c r="BA57" s="81"/>
       <c r="BB57" s="74"/>
       <c r="BC57" s="74"/>
       <c r="BD57" s="81"/>
       <c r="BE57" s="74"/>
       <c r="BG57" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH57" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="58" spans="3:60">
       <c r="C58" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D58" s="45"/>
       <c r="E58" s="45"/>
       <c r="F58" s="45"/>
       <c r="G58" s="45"/>
       <c r="H58" s="45"/>
       <c r="I58" s="45"/>
       <c r="J58" s="45"/>
       <c r="K58" s="45"/>
       <c r="L58" s="45"/>
       <c r="M58" s="45"/>
       <c r="N58" s="45"/>
       <c r="O58" s="45"/>
       <c r="P58" s="46"/>
       <c r="Q58" s="46"/>
       <c r="R58" s="45"/>
       <c r="S58" s="62"/>
       <c r="T58" s="47"/>
       <c r="U58" s="84"/>
       <c r="V58" s="45"/>
       <c r="W58" s="47"/>
       <c r="X58" s="45"/>
       <c r="Y58" s="47"/>
       <c r="Z58" s="45"/>
       <c r="AA58" s="47"/>
@@ -6044,53 +6065,53 @@
       <c r="AP58" s="74"/>
       <c r="AQ58" s="83"/>
       <c r="AR58" s="74"/>
       <c r="AS58" s="75"/>
       <c r="AT58" s="76"/>
       <c r="AU58" s="74"/>
       <c r="AV58" s="74"/>
       <c r="AW58" s="74"/>
       <c r="AX58" s="74"/>
       <c r="AY58" s="76"/>
       <c r="AZ58" s="74"/>
       <c r="BA58" s="81"/>
       <c r="BB58" s="74"/>
       <c r="BC58" s="74"/>
       <c r="BD58" s="81"/>
       <c r="BE58" s="74"/>
       <c r="BG58" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH58" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="59" spans="3:60">
       <c r="C59" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D59" s="45"/>
       <c r="E59" s="45"/>
       <c r="F59" s="45"/>
       <c r="G59" s="45"/>
       <c r="H59" s="45"/>
       <c r="I59" s="45"/>
       <c r="J59" s="45"/>
       <c r="K59" s="45"/>
       <c r="L59" s="45"/>
       <c r="M59" s="45"/>
       <c r="N59" s="45"/>
       <c r="O59" s="45"/>
       <c r="P59" s="46"/>
       <c r="Q59" s="46"/>
       <c r="R59" s="45"/>
       <c r="S59" s="62"/>
       <c r="T59" s="47"/>
       <c r="U59" s="84"/>
       <c r="V59" s="45"/>
       <c r="W59" s="47"/>
       <c r="X59" s="45"/>
       <c r="Y59" s="47"/>
       <c r="Z59" s="45"/>
       <c r="AA59" s="47"/>
@@ -6110,53 +6131,53 @@
       <c r="AP59" s="74"/>
       <c r="AQ59" s="83"/>
       <c r="AR59" s="74"/>
       <c r="AS59" s="75"/>
       <c r="AT59" s="76"/>
       <c r="AU59" s="74"/>
       <c r="AV59" s="74"/>
       <c r="AW59" s="74"/>
       <c r="AX59" s="74"/>
       <c r="AY59" s="76"/>
       <c r="AZ59" s="74"/>
       <c r="BA59" s="81"/>
       <c r="BB59" s="74"/>
       <c r="BC59" s="74"/>
       <c r="BD59" s="81"/>
       <c r="BE59" s="74"/>
       <c r="BG59" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH59" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="60" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="60" spans="3:60">
       <c r="C60" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D60" s="45"/>
       <c r="E60" s="45"/>
       <c r="F60" s="45"/>
       <c r="G60" s="45"/>
       <c r="H60" s="45"/>
       <c r="I60" s="45"/>
       <c r="J60" s="45"/>
       <c r="K60" s="45"/>
       <c r="L60" s="45"/>
       <c r="M60" s="45"/>
       <c r="N60" s="45"/>
       <c r="O60" s="45"/>
       <c r="P60" s="46"/>
       <c r="Q60" s="46"/>
       <c r="R60" s="45"/>
       <c r="S60" s="62"/>
       <c r="T60" s="47"/>
       <c r="U60" s="84"/>
       <c r="V60" s="45"/>
       <c r="W60" s="47"/>
       <c r="X60" s="45"/>
       <c r="Y60" s="47"/>
       <c r="Z60" s="45"/>
       <c r="AA60" s="47"/>
@@ -6176,53 +6197,53 @@
       <c r="AP60" s="74"/>
       <c r="AQ60" s="83"/>
       <c r="AR60" s="74"/>
       <c r="AS60" s="75"/>
       <c r="AT60" s="76"/>
       <c r="AU60" s="74"/>
       <c r="AV60" s="74"/>
       <c r="AW60" s="74"/>
       <c r="AX60" s="74"/>
       <c r="AY60" s="76"/>
       <c r="AZ60" s="74"/>
       <c r="BA60" s="81"/>
       <c r="BB60" s="74"/>
       <c r="BC60" s="74"/>
       <c r="BD60" s="81"/>
       <c r="BE60" s="74"/>
       <c r="BG60" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH60" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="61" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="61" spans="3:60">
       <c r="C61" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D61" s="45"/>
       <c r="E61" s="45"/>
       <c r="F61" s="45"/>
       <c r="G61" s="45"/>
       <c r="H61" s="45"/>
       <c r="I61" s="45"/>
       <c r="J61" s="45"/>
       <c r="K61" s="45"/>
       <c r="L61" s="45"/>
       <c r="M61" s="45"/>
       <c r="N61" s="45"/>
       <c r="O61" s="45"/>
       <c r="P61" s="46"/>
       <c r="Q61" s="46"/>
       <c r="R61" s="45"/>
       <c r="S61" s="62"/>
       <c r="T61" s="47"/>
       <c r="U61" s="84"/>
       <c r="V61" s="45"/>
       <c r="W61" s="47"/>
       <c r="X61" s="45"/>
       <c r="Y61" s="47"/>
       <c r="Z61" s="45"/>
       <c r="AA61" s="47"/>
@@ -6242,53 +6263,53 @@
       <c r="AP61" s="74"/>
       <c r="AQ61" s="83"/>
       <c r="AR61" s="74"/>
       <c r="AS61" s="75"/>
       <c r="AT61" s="76"/>
       <c r="AU61" s="74"/>
       <c r="AV61" s="74"/>
       <c r="AW61" s="74"/>
       <c r="AX61" s="74"/>
       <c r="AY61" s="76"/>
       <c r="AZ61" s="74"/>
       <c r="BA61" s="81"/>
       <c r="BB61" s="74"/>
       <c r="BC61" s="74"/>
       <c r="BD61" s="81"/>
       <c r="BE61" s="74"/>
       <c r="BG61" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH61" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="62" spans="3:60">
       <c r="C62" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D62" s="45"/>
       <c r="E62" s="45"/>
       <c r="F62" s="45"/>
       <c r="G62" s="45"/>
       <c r="H62" s="45"/>
       <c r="I62" s="45"/>
       <c r="J62" s="45"/>
       <c r="K62" s="45"/>
       <c r="L62" s="45"/>
       <c r="M62" s="45"/>
       <c r="N62" s="45"/>
       <c r="O62" s="45"/>
       <c r="P62" s="46"/>
       <c r="Q62" s="46"/>
       <c r="R62" s="45"/>
       <c r="S62" s="62"/>
       <c r="T62" s="47"/>
       <c r="U62" s="84"/>
       <c r="V62" s="45"/>
       <c r="W62" s="47"/>
       <c r="X62" s="45"/>
       <c r="Y62" s="47"/>
       <c r="Z62" s="45"/>
       <c r="AA62" s="47"/>
@@ -6308,53 +6329,53 @@
       <c r="AP62" s="74"/>
       <c r="AQ62" s="83"/>
       <c r="AR62" s="74"/>
       <c r="AS62" s="75"/>
       <c r="AT62" s="76"/>
       <c r="AU62" s="74"/>
       <c r="AV62" s="74"/>
       <c r="AW62" s="74"/>
       <c r="AX62" s="74"/>
       <c r="AY62" s="76"/>
       <c r="AZ62" s="74"/>
       <c r="BA62" s="81"/>
       <c r="BB62" s="74"/>
       <c r="BC62" s="74"/>
       <c r="BD62" s="81"/>
       <c r="BE62" s="74"/>
       <c r="BG62" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH62" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="63" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="63" spans="3:60">
       <c r="C63" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D63" s="45"/>
       <c r="E63" s="45"/>
       <c r="F63" s="45"/>
       <c r="G63" s="45"/>
       <c r="H63" s="45"/>
       <c r="I63" s="45"/>
       <c r="J63" s="45"/>
       <c r="K63" s="45"/>
       <c r="L63" s="45"/>
       <c r="M63" s="45"/>
       <c r="N63" s="45"/>
       <c r="O63" s="45"/>
       <c r="P63" s="46"/>
       <c r="Q63" s="46"/>
       <c r="R63" s="45"/>
       <c r="S63" s="62"/>
       <c r="T63" s="47"/>
       <c r="U63" s="84"/>
       <c r="V63" s="45"/>
       <c r="W63" s="47"/>
       <c r="X63" s="45"/>
       <c r="Y63" s="47"/>
       <c r="Z63" s="45"/>
       <c r="AA63" s="47"/>
@@ -6374,53 +6395,53 @@
       <c r="AP63" s="74"/>
       <c r="AQ63" s="83"/>
       <c r="AR63" s="74"/>
       <c r="AS63" s="75"/>
       <c r="AT63" s="76"/>
       <c r="AU63" s="74"/>
       <c r="AV63" s="74"/>
       <c r="AW63" s="74"/>
       <c r="AX63" s="74"/>
       <c r="AY63" s="76"/>
       <c r="AZ63" s="74"/>
       <c r="BA63" s="81"/>
       <c r="BB63" s="74"/>
       <c r="BC63" s="74"/>
       <c r="BD63" s="81"/>
       <c r="BE63" s="74"/>
       <c r="BG63" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH63" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="64" spans="3:60">
       <c r="C64" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D64" s="45"/>
       <c r="E64" s="45"/>
       <c r="F64" s="45"/>
       <c r="G64" s="45"/>
       <c r="H64" s="45"/>
       <c r="I64" s="45"/>
       <c r="J64" s="45"/>
       <c r="K64" s="45"/>
       <c r="L64" s="45"/>
       <c r="M64" s="45"/>
       <c r="N64" s="45"/>
       <c r="O64" s="45"/>
       <c r="P64" s="46"/>
       <c r="Q64" s="46"/>
       <c r="R64" s="45"/>
       <c r="S64" s="62"/>
       <c r="T64" s="47"/>
       <c r="U64" s="84"/>
       <c r="V64" s="45"/>
       <c r="W64" s="47"/>
       <c r="X64" s="45"/>
       <c r="Y64" s="47"/>
       <c r="Z64" s="45"/>
       <c r="AA64" s="47"/>
@@ -6440,53 +6461,53 @@
       <c r="AP64" s="74"/>
       <c r="AQ64" s="83"/>
       <c r="AR64" s="74"/>
       <c r="AS64" s="75"/>
       <c r="AT64" s="76"/>
       <c r="AU64" s="74"/>
       <c r="AV64" s="74"/>
       <c r="AW64" s="74"/>
       <c r="AX64" s="74"/>
       <c r="AY64" s="76"/>
       <c r="AZ64" s="74"/>
       <c r="BA64" s="81"/>
       <c r="BB64" s="74"/>
       <c r="BC64" s="74"/>
       <c r="BD64" s="81"/>
       <c r="BE64" s="74"/>
       <c r="BG64" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH64" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="65" spans="3:60">
       <c r="C65" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D65" s="45"/>
       <c r="E65" s="45"/>
       <c r="F65" s="45"/>
       <c r="G65" s="45"/>
       <c r="H65" s="45"/>
       <c r="I65" s="45"/>
       <c r="J65" s="45"/>
       <c r="K65" s="45"/>
       <c r="L65" s="45"/>
       <c r="M65" s="45"/>
       <c r="N65" s="45"/>
       <c r="O65" s="45"/>
       <c r="P65" s="46"/>
       <c r="Q65" s="46"/>
       <c r="R65" s="45"/>
       <c r="S65" s="62"/>
       <c r="T65" s="47"/>
       <c r="U65" s="84"/>
       <c r="V65" s="45"/>
       <c r="W65" s="47"/>
       <c r="X65" s="45"/>
       <c r="Y65" s="47"/>
       <c r="Z65" s="45"/>
       <c r="AA65" s="47"/>
@@ -6506,53 +6527,53 @@
       <c r="AP65" s="74"/>
       <c r="AQ65" s="83"/>
       <c r="AR65" s="74"/>
       <c r="AS65" s="75"/>
       <c r="AT65" s="76"/>
       <c r="AU65" s="74"/>
       <c r="AV65" s="74"/>
       <c r="AW65" s="74"/>
       <c r="AX65" s="74"/>
       <c r="AY65" s="76"/>
       <c r="AZ65" s="74"/>
       <c r="BA65" s="81"/>
       <c r="BB65" s="74"/>
       <c r="BC65" s="74"/>
       <c r="BD65" s="81"/>
       <c r="BE65" s="74"/>
       <c r="BG65" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH65" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="66" spans="3:60">
       <c r="C66" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D66" s="45"/>
       <c r="E66" s="45"/>
       <c r="F66" s="45"/>
       <c r="G66" s="45"/>
       <c r="H66" s="45"/>
       <c r="I66" s="45"/>
       <c r="J66" s="45"/>
       <c r="K66" s="45"/>
       <c r="L66" s="45"/>
       <c r="M66" s="45"/>
       <c r="N66" s="45"/>
       <c r="O66" s="45"/>
       <c r="P66" s="46"/>
       <c r="Q66" s="46"/>
       <c r="R66" s="45"/>
       <c r="S66" s="62"/>
       <c r="T66" s="47"/>
       <c r="U66" s="84"/>
       <c r="V66" s="45"/>
       <c r="W66" s="47"/>
       <c r="X66" s="45"/>
       <c r="Y66" s="47"/>
       <c r="Z66" s="45"/>
       <c r="AA66" s="47"/>
@@ -6572,53 +6593,53 @@
       <c r="AP66" s="74"/>
       <c r="AQ66" s="83"/>
       <c r="AR66" s="74"/>
       <c r="AS66" s="75"/>
       <c r="AT66" s="76"/>
       <c r="AU66" s="74"/>
       <c r="AV66" s="74"/>
       <c r="AW66" s="74"/>
       <c r="AX66" s="74"/>
       <c r="AY66" s="76"/>
       <c r="AZ66" s="74"/>
       <c r="BA66" s="81"/>
       <c r="BB66" s="74"/>
       <c r="BC66" s="74"/>
       <c r="BD66" s="81"/>
       <c r="BE66" s="74"/>
       <c r="BG66" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH66" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="67" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="67" spans="3:60">
       <c r="C67" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D67" s="45"/>
       <c r="E67" s="45"/>
       <c r="F67" s="45"/>
       <c r="G67" s="45"/>
       <c r="H67" s="45"/>
       <c r="I67" s="45"/>
       <c r="J67" s="45"/>
       <c r="K67" s="45"/>
       <c r="L67" s="45"/>
       <c r="M67" s="45"/>
       <c r="N67" s="45"/>
       <c r="O67" s="45"/>
       <c r="P67" s="46"/>
       <c r="Q67" s="46"/>
       <c r="R67" s="45"/>
       <c r="S67" s="62"/>
       <c r="T67" s="47"/>
       <c r="U67" s="84"/>
       <c r="V67" s="45"/>
       <c r="W67" s="47"/>
       <c r="X67" s="45"/>
       <c r="Y67" s="47"/>
       <c r="Z67" s="45"/>
       <c r="AA67" s="47"/>
@@ -6638,53 +6659,53 @@
       <c r="AP67" s="74"/>
       <c r="AQ67" s="83"/>
       <c r="AR67" s="74"/>
       <c r="AS67" s="75"/>
       <c r="AT67" s="76"/>
       <c r="AU67" s="74"/>
       <c r="AV67" s="74"/>
       <c r="AW67" s="74"/>
       <c r="AX67" s="74"/>
       <c r="AY67" s="76"/>
       <c r="AZ67" s="74"/>
       <c r="BA67" s="81"/>
       <c r="BB67" s="74"/>
       <c r="BC67" s="74"/>
       <c r="BD67" s="81"/>
       <c r="BE67" s="74"/>
       <c r="BG67" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH67" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="68" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="68" spans="3:60">
       <c r="C68" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D68" s="45"/>
       <c r="E68" s="45"/>
       <c r="F68" s="45"/>
       <c r="G68" s="45"/>
       <c r="H68" s="45"/>
       <c r="I68" s="45"/>
       <c r="J68" s="45"/>
       <c r="K68" s="45"/>
       <c r="L68" s="45"/>
       <c r="M68" s="45"/>
       <c r="N68" s="45"/>
       <c r="O68" s="45"/>
       <c r="P68" s="46"/>
       <c r="Q68" s="46"/>
       <c r="R68" s="45"/>
       <c r="S68" s="62"/>
       <c r="T68" s="47"/>
       <c r="U68" s="84"/>
       <c r="V68" s="45"/>
       <c r="W68" s="47"/>
       <c r="X68" s="45"/>
       <c r="Y68" s="47"/>
       <c r="Z68" s="45"/>
       <c r="AA68" s="47"/>
@@ -6704,53 +6725,53 @@
       <c r="AP68" s="74"/>
       <c r="AQ68" s="83"/>
       <c r="AR68" s="74"/>
       <c r="AS68" s="75"/>
       <c r="AT68" s="76"/>
       <c r="AU68" s="74"/>
       <c r="AV68" s="74"/>
       <c r="AW68" s="74"/>
       <c r="AX68" s="74"/>
       <c r="AY68" s="76"/>
       <c r="AZ68" s="74"/>
       <c r="BA68" s="81"/>
       <c r="BB68" s="74"/>
       <c r="BC68" s="74"/>
       <c r="BD68" s="81"/>
       <c r="BE68" s="74"/>
       <c r="BG68" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH68" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="69" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="69" spans="3:60">
       <c r="C69" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D69" s="45"/>
       <c r="E69" s="45"/>
       <c r="F69" s="45"/>
       <c r="G69" s="45"/>
       <c r="H69" s="45"/>
       <c r="I69" s="45"/>
       <c r="J69" s="45"/>
       <c r="K69" s="45"/>
       <c r="L69" s="45"/>
       <c r="M69" s="45"/>
       <c r="N69" s="45"/>
       <c r="O69" s="45"/>
       <c r="P69" s="46"/>
       <c r="Q69" s="46"/>
       <c r="R69" s="45"/>
       <c r="S69" s="62"/>
       <c r="T69" s="47"/>
       <c r="U69" s="84"/>
       <c r="V69" s="45"/>
       <c r="W69" s="47"/>
       <c r="X69" s="45"/>
       <c r="Y69" s="47"/>
       <c r="Z69" s="45"/>
       <c r="AA69" s="47"/>
@@ -6770,53 +6791,53 @@
       <c r="AP69" s="74"/>
       <c r="AQ69" s="83"/>
       <c r="AR69" s="74"/>
       <c r="AS69" s="75"/>
       <c r="AT69" s="76"/>
       <c r="AU69" s="74"/>
       <c r="AV69" s="74"/>
       <c r="AW69" s="74"/>
       <c r="AX69" s="74"/>
       <c r="AY69" s="76"/>
       <c r="AZ69" s="74"/>
       <c r="BA69" s="81"/>
       <c r="BB69" s="74"/>
       <c r="BC69" s="74"/>
       <c r="BD69" s="81"/>
       <c r="BE69" s="74"/>
       <c r="BG69" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH69" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="70" spans="3:60">
       <c r="C70" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D70" s="45"/>
       <c r="E70" s="45"/>
       <c r="F70" s="45"/>
       <c r="G70" s="45"/>
       <c r="H70" s="45"/>
       <c r="I70" s="45"/>
       <c r="J70" s="45"/>
       <c r="K70" s="45"/>
       <c r="L70" s="45"/>
       <c r="M70" s="45"/>
       <c r="N70" s="45"/>
       <c r="O70" s="45"/>
       <c r="P70" s="46"/>
       <c r="Q70" s="46"/>
       <c r="R70" s="45"/>
       <c r="S70" s="62"/>
       <c r="T70" s="47"/>
       <c r="U70" s="84"/>
       <c r="V70" s="45"/>
       <c r="W70" s="47"/>
       <c r="X70" s="45"/>
       <c r="Y70" s="47"/>
       <c r="Z70" s="45"/>
       <c r="AA70" s="47"/>
@@ -6836,53 +6857,53 @@
       <c r="AP70" s="74"/>
       <c r="AQ70" s="83"/>
       <c r="AR70" s="74"/>
       <c r="AS70" s="75"/>
       <c r="AT70" s="76"/>
       <c r="AU70" s="74"/>
       <c r="AV70" s="74"/>
       <c r="AW70" s="74"/>
       <c r="AX70" s="74"/>
       <c r="AY70" s="76"/>
       <c r="AZ70" s="74"/>
       <c r="BA70" s="81"/>
       <c r="BB70" s="74"/>
       <c r="BC70" s="74"/>
       <c r="BD70" s="81"/>
       <c r="BE70" s="74"/>
       <c r="BG70" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH70" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="71" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="71" spans="3:60">
       <c r="C71" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D71" s="45"/>
       <c r="E71" s="45"/>
       <c r="F71" s="45"/>
       <c r="G71" s="45"/>
       <c r="H71" s="45"/>
       <c r="I71" s="45"/>
       <c r="J71" s="45"/>
       <c r="K71" s="45"/>
       <c r="L71" s="45"/>
       <c r="M71" s="45"/>
       <c r="N71" s="45"/>
       <c r="O71" s="45"/>
       <c r="P71" s="46"/>
       <c r="Q71" s="46"/>
       <c r="R71" s="45"/>
       <c r="S71" s="62"/>
       <c r="T71" s="47"/>
       <c r="U71" s="84"/>
       <c r="V71" s="45"/>
       <c r="W71" s="47"/>
       <c r="X71" s="45"/>
       <c r="Y71" s="47"/>
       <c r="Z71" s="45"/>
       <c r="AA71" s="47"/>
@@ -6902,53 +6923,53 @@
       <c r="AP71" s="74"/>
       <c r="AQ71" s="83"/>
       <c r="AR71" s="74"/>
       <c r="AS71" s="75"/>
       <c r="AT71" s="76"/>
       <c r="AU71" s="74"/>
       <c r="AV71" s="74"/>
       <c r="AW71" s="74"/>
       <c r="AX71" s="74"/>
       <c r="AY71" s="76"/>
       <c r="AZ71" s="74"/>
       <c r="BA71" s="81"/>
       <c r="BB71" s="74"/>
       <c r="BC71" s="74"/>
       <c r="BD71" s="81"/>
       <c r="BE71" s="74"/>
       <c r="BG71" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH71" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="72" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="72" spans="3:60">
       <c r="C72" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D72" s="45"/>
       <c r="E72" s="45"/>
       <c r="F72" s="45"/>
       <c r="G72" s="45"/>
       <c r="H72" s="45"/>
       <c r="I72" s="45"/>
       <c r="J72" s="45"/>
       <c r="K72" s="45"/>
       <c r="L72" s="45"/>
       <c r="M72" s="45"/>
       <c r="N72" s="45"/>
       <c r="O72" s="45"/>
       <c r="P72" s="46"/>
       <c r="Q72" s="46"/>
       <c r="R72" s="45"/>
       <c r="S72" s="62"/>
       <c r="T72" s="47"/>
       <c r="U72" s="84"/>
       <c r="V72" s="45"/>
       <c r="W72" s="47"/>
       <c r="X72" s="45"/>
       <c r="Y72" s="47"/>
       <c r="Z72" s="45"/>
       <c r="AA72" s="47"/>
@@ -6968,53 +6989,53 @@
       <c r="AP72" s="74"/>
       <c r="AQ72" s="83"/>
       <c r="AR72" s="74"/>
       <c r="AS72" s="75"/>
       <c r="AT72" s="76"/>
       <c r="AU72" s="74"/>
       <c r="AV72" s="74"/>
       <c r="AW72" s="74"/>
       <c r="AX72" s="74"/>
       <c r="AY72" s="76"/>
       <c r="AZ72" s="74"/>
       <c r="BA72" s="81"/>
       <c r="BB72" s="74"/>
       <c r="BC72" s="74"/>
       <c r="BD72" s="81"/>
       <c r="BE72" s="74"/>
       <c r="BG72" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH72" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="73" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="73" spans="3:60">
       <c r="C73" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D73" s="45"/>
       <c r="E73" s="45"/>
       <c r="F73" s="45"/>
       <c r="G73" s="45"/>
       <c r="H73" s="45"/>
       <c r="I73" s="45"/>
       <c r="J73" s="45"/>
       <c r="K73" s="45"/>
       <c r="L73" s="45"/>
       <c r="M73" s="45"/>
       <c r="N73" s="45"/>
       <c r="O73" s="45"/>
       <c r="P73" s="46"/>
       <c r="Q73" s="46"/>
       <c r="R73" s="45"/>
       <c r="S73" s="62"/>
       <c r="T73" s="47"/>
       <c r="U73" s="84"/>
       <c r="V73" s="45"/>
       <c r="W73" s="47"/>
       <c r="X73" s="45"/>
       <c r="Y73" s="47"/>
       <c r="Z73" s="45"/>
       <c r="AA73" s="47"/>
@@ -7034,53 +7055,53 @@
       <c r="AP73" s="74"/>
       <c r="AQ73" s="83"/>
       <c r="AR73" s="74"/>
       <c r="AS73" s="75"/>
       <c r="AT73" s="76"/>
       <c r="AU73" s="74"/>
       <c r="AV73" s="74"/>
       <c r="AW73" s="74"/>
       <c r="AX73" s="74"/>
       <c r="AY73" s="76"/>
       <c r="AZ73" s="74"/>
       <c r="BA73" s="81"/>
       <c r="BB73" s="74"/>
       <c r="BC73" s="74"/>
       <c r="BD73" s="81"/>
       <c r="BE73" s="74"/>
       <c r="BG73" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH73" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="74" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="74" spans="3:60">
       <c r="C74" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D74" s="45"/>
       <c r="E74" s="45"/>
       <c r="F74" s="45"/>
       <c r="G74" s="45"/>
       <c r="H74" s="45"/>
       <c r="I74" s="45"/>
       <c r="J74" s="45"/>
       <c r="K74" s="45"/>
       <c r="L74" s="45"/>
       <c r="M74" s="45"/>
       <c r="N74" s="45"/>
       <c r="O74" s="45"/>
       <c r="P74" s="46"/>
       <c r="Q74" s="46"/>
       <c r="R74" s="45"/>
       <c r="S74" s="62"/>
       <c r="T74" s="47"/>
       <c r="U74" s="84"/>
       <c r="V74" s="45"/>
       <c r="W74" s="47"/>
       <c r="X74" s="45"/>
       <c r="Y74" s="47"/>
       <c r="Z74" s="45"/>
       <c r="AA74" s="47"/>
@@ -7100,53 +7121,53 @@
       <c r="AP74" s="74"/>
       <c r="AQ74" s="83"/>
       <c r="AR74" s="74"/>
       <c r="AS74" s="75"/>
       <c r="AT74" s="76"/>
       <c r="AU74" s="74"/>
       <c r="AV74" s="74"/>
       <c r="AW74" s="74"/>
       <c r="AX74" s="74"/>
       <c r="AY74" s="76"/>
       <c r="AZ74" s="74"/>
       <c r="BA74" s="81"/>
       <c r="BB74" s="74"/>
       <c r="BC74" s="74"/>
       <c r="BD74" s="81"/>
       <c r="BE74" s="74"/>
       <c r="BG74" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH74" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="75" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="75" spans="3:60">
       <c r="C75" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D75" s="45"/>
       <c r="E75" s="45"/>
       <c r="F75" s="45"/>
       <c r="G75" s="45"/>
       <c r="H75" s="45"/>
       <c r="I75" s="45"/>
       <c r="J75" s="45"/>
       <c r="K75" s="45"/>
       <c r="L75" s="45"/>
       <c r="M75" s="45"/>
       <c r="N75" s="45"/>
       <c r="O75" s="45"/>
       <c r="P75" s="46"/>
       <c r="Q75" s="46"/>
       <c r="R75" s="45"/>
       <c r="S75" s="62"/>
       <c r="T75" s="47"/>
       <c r="U75" s="84"/>
       <c r="V75" s="45"/>
       <c r="W75" s="47"/>
       <c r="X75" s="45"/>
       <c r="Y75" s="47"/>
       <c r="Z75" s="45"/>
       <c r="AA75" s="47"/>
@@ -7166,53 +7187,53 @@
       <c r="AP75" s="74"/>
       <c r="AQ75" s="83"/>
       <c r="AR75" s="74"/>
       <c r="AS75" s="75"/>
       <c r="AT75" s="76"/>
       <c r="AU75" s="74"/>
       <c r="AV75" s="74"/>
       <c r="AW75" s="74"/>
       <c r="AX75" s="74"/>
       <c r="AY75" s="76"/>
       <c r="AZ75" s="74"/>
       <c r="BA75" s="81"/>
       <c r="BB75" s="74"/>
       <c r="BC75" s="74"/>
       <c r="BD75" s="81"/>
       <c r="BE75" s="74"/>
       <c r="BG75" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH75" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="76" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="76" spans="3:60">
       <c r="C76" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D76" s="45"/>
       <c r="E76" s="45"/>
       <c r="F76" s="45"/>
       <c r="G76" s="45"/>
       <c r="H76" s="45"/>
       <c r="I76" s="45"/>
       <c r="J76" s="45"/>
       <c r="K76" s="45"/>
       <c r="L76" s="45"/>
       <c r="M76" s="45"/>
       <c r="N76" s="45"/>
       <c r="O76" s="45"/>
       <c r="P76" s="46"/>
       <c r="Q76" s="46"/>
       <c r="R76" s="45"/>
       <c r="S76" s="62"/>
       <c r="T76" s="47"/>
       <c r="U76" s="84"/>
       <c r="V76" s="45"/>
       <c r="W76" s="47"/>
       <c r="X76" s="45"/>
       <c r="Y76" s="47"/>
       <c r="Z76" s="45"/>
       <c r="AA76" s="47"/>
@@ -7232,53 +7253,53 @@
       <c r="AP76" s="74"/>
       <c r="AQ76" s="83"/>
       <c r="AR76" s="74"/>
       <c r="AS76" s="75"/>
       <c r="AT76" s="76"/>
       <c r="AU76" s="74"/>
       <c r="AV76" s="74"/>
       <c r="AW76" s="74"/>
       <c r="AX76" s="74"/>
       <c r="AY76" s="76"/>
       <c r="AZ76" s="74"/>
       <c r="BA76" s="81"/>
       <c r="BB76" s="74"/>
       <c r="BC76" s="74"/>
       <c r="BD76" s="81"/>
       <c r="BE76" s="74"/>
       <c r="BG76" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH76" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="77" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="77" spans="3:60">
       <c r="C77" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D77" s="45"/>
       <c r="E77" s="45"/>
       <c r="F77" s="45"/>
       <c r="G77" s="45"/>
       <c r="H77" s="45"/>
       <c r="I77" s="45"/>
       <c r="J77" s="45"/>
       <c r="K77" s="45"/>
       <c r="L77" s="45"/>
       <c r="M77" s="45"/>
       <c r="N77" s="45"/>
       <c r="O77" s="45"/>
       <c r="P77" s="46"/>
       <c r="Q77" s="46"/>
       <c r="R77" s="45"/>
       <c r="S77" s="62"/>
       <c r="T77" s="47"/>
       <c r="U77" s="84"/>
       <c r="V77" s="45"/>
       <c r="W77" s="47"/>
       <c r="X77" s="45"/>
       <c r="Y77" s="47"/>
       <c r="Z77" s="45"/>
       <c r="AA77" s="47"/>
@@ -7298,53 +7319,53 @@
       <c r="AP77" s="74"/>
       <c r="AQ77" s="83"/>
       <c r="AR77" s="74"/>
       <c r="AS77" s="75"/>
       <c r="AT77" s="76"/>
       <c r="AU77" s="74"/>
       <c r="AV77" s="74"/>
       <c r="AW77" s="74"/>
       <c r="AX77" s="74"/>
       <c r="AY77" s="76"/>
       <c r="AZ77" s="74"/>
       <c r="BA77" s="81"/>
       <c r="BB77" s="74"/>
       <c r="BC77" s="74"/>
       <c r="BD77" s="81"/>
       <c r="BE77" s="74"/>
       <c r="BG77" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH77" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="78" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="78" spans="3:60">
       <c r="C78" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D78" s="45"/>
       <c r="E78" s="45"/>
       <c r="F78" s="45"/>
       <c r="G78" s="45"/>
       <c r="H78" s="45"/>
       <c r="I78" s="45"/>
       <c r="J78" s="45"/>
       <c r="K78" s="45"/>
       <c r="L78" s="45"/>
       <c r="M78" s="45"/>
       <c r="N78" s="45"/>
       <c r="O78" s="45"/>
       <c r="P78" s="46"/>
       <c r="Q78" s="46"/>
       <c r="R78" s="45"/>
       <c r="S78" s="62"/>
       <c r="T78" s="47"/>
       <c r="U78" s="84"/>
       <c r="V78" s="45"/>
       <c r="W78" s="47"/>
       <c r="X78" s="45"/>
       <c r="Y78" s="47"/>
       <c r="Z78" s="45"/>
       <c r="AA78" s="47"/>
@@ -7364,53 +7385,53 @@
       <c r="AP78" s="74"/>
       <c r="AQ78" s="83"/>
       <c r="AR78" s="74"/>
       <c r="AS78" s="75"/>
       <c r="AT78" s="76"/>
       <c r="AU78" s="74"/>
       <c r="AV78" s="74"/>
       <c r="AW78" s="74"/>
       <c r="AX78" s="74"/>
       <c r="AY78" s="76"/>
       <c r="AZ78" s="74"/>
       <c r="BA78" s="81"/>
       <c r="BB78" s="74"/>
       <c r="BC78" s="74"/>
       <c r="BD78" s="81"/>
       <c r="BE78" s="74"/>
       <c r="BG78" s="77">
         <f t="shared" si="0"/>
         <v>-7</v>
       </c>
       <c r="BH78" s="78">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="79" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="79" spans="3:60">
       <c r="C79" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D79" s="45"/>
       <c r="E79" s="45"/>
       <c r="F79" s="45"/>
       <c r="G79" s="45"/>
       <c r="H79" s="45"/>
       <c r="I79" s="45"/>
       <c r="J79" s="45"/>
       <c r="K79" s="45"/>
       <c r="L79" s="45"/>
       <c r="M79" s="45"/>
       <c r="N79" s="45"/>
       <c r="O79" s="45"/>
       <c r="P79" s="46"/>
       <c r="Q79" s="46"/>
       <c r="R79" s="45"/>
       <c r="S79" s="62"/>
       <c r="T79" s="47"/>
       <c r="U79" s="84"/>
       <c r="V79" s="45"/>
       <c r="W79" s="47"/>
       <c r="X79" s="45"/>
       <c r="Y79" s="47"/>
       <c r="Z79" s="45"/>
       <c r="AA79" s="47"/>
@@ -7430,53 +7451,53 @@
       <c r="AP79" s="74"/>
       <c r="AQ79" s="83"/>
       <c r="AR79" s="74"/>
       <c r="AS79" s="75"/>
       <c r="AT79" s="76"/>
       <c r="AU79" s="74"/>
       <c r="AV79" s="74"/>
       <c r="AW79" s="74"/>
       <c r="AX79" s="74"/>
       <c r="AY79" s="76"/>
       <c r="AZ79" s="74"/>
       <c r="BA79" s="81"/>
       <c r="BB79" s="74"/>
       <c r="BC79" s="74"/>
       <c r="BD79" s="81"/>
       <c r="BE79" s="74"/>
       <c r="BG79" s="77">
         <f t="shared" ref="BG79:BG101" si="2">AT79-7</f>
         <v>-7</v>
       </c>
       <c r="BH79" s="78">
         <f t="shared" ref="BH79:BH101" si="3">AW79*3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="80" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="80" spans="3:60">
       <c r="C80" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D80" s="45"/>
       <c r="E80" s="45"/>
       <c r="F80" s="45"/>
       <c r="G80" s="45"/>
       <c r="H80" s="45"/>
       <c r="I80" s="45"/>
       <c r="J80" s="45"/>
       <c r="K80" s="45"/>
       <c r="L80" s="45"/>
       <c r="M80" s="45"/>
       <c r="N80" s="45"/>
       <c r="O80" s="45"/>
       <c r="P80" s="46"/>
       <c r="Q80" s="46"/>
       <c r="R80" s="45"/>
       <c r="S80" s="62"/>
       <c r="T80" s="47"/>
       <c r="U80" s="84"/>
       <c r="V80" s="45"/>
       <c r="W80" s="47"/>
       <c r="X80" s="45"/>
       <c r="Y80" s="47"/>
       <c r="Z80" s="45"/>
       <c r="AA80" s="47"/>
@@ -7496,53 +7517,53 @@
       <c r="AP80" s="74"/>
       <c r="AQ80" s="83"/>
       <c r="AR80" s="74"/>
       <c r="AS80" s="75"/>
       <c r="AT80" s="76"/>
       <c r="AU80" s="74"/>
       <c r="AV80" s="74"/>
       <c r="AW80" s="74"/>
       <c r="AX80" s="74"/>
       <c r="AY80" s="76"/>
       <c r="AZ80" s="74"/>
       <c r="BA80" s="81"/>
       <c r="BB80" s="74"/>
       <c r="BC80" s="74"/>
       <c r="BD80" s="81"/>
       <c r="BE80" s="74"/>
       <c r="BG80" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH80" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="81" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="81" spans="3:60">
       <c r="C81" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D81" s="45"/>
       <c r="E81" s="45"/>
       <c r="F81" s="45"/>
       <c r="G81" s="45"/>
       <c r="H81" s="45"/>
       <c r="I81" s="45"/>
       <c r="J81" s="45"/>
       <c r="K81" s="45"/>
       <c r="L81" s="45"/>
       <c r="M81" s="45"/>
       <c r="N81" s="45"/>
       <c r="O81" s="45"/>
       <c r="P81" s="46"/>
       <c r="Q81" s="46"/>
       <c r="R81" s="45"/>
       <c r="S81" s="62"/>
       <c r="T81" s="47"/>
       <c r="U81" s="84"/>
       <c r="V81" s="45"/>
       <c r="W81" s="47"/>
       <c r="X81" s="45"/>
       <c r="Y81" s="47"/>
       <c r="Z81" s="45"/>
       <c r="AA81" s="47"/>
@@ -7562,53 +7583,53 @@
       <c r="AP81" s="74"/>
       <c r="AQ81" s="83"/>
       <c r="AR81" s="74"/>
       <c r="AS81" s="75"/>
       <c r="AT81" s="76"/>
       <c r="AU81" s="74"/>
       <c r="AV81" s="74"/>
       <c r="AW81" s="74"/>
       <c r="AX81" s="74"/>
       <c r="AY81" s="76"/>
       <c r="AZ81" s="74"/>
       <c r="BA81" s="81"/>
       <c r="BB81" s="74"/>
       <c r="BC81" s="74"/>
       <c r="BD81" s="81"/>
       <c r="BE81" s="74"/>
       <c r="BG81" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH81" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="82" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="82" spans="3:60">
       <c r="C82" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D82" s="45"/>
       <c r="E82" s="45"/>
       <c r="F82" s="45"/>
       <c r="G82" s="45"/>
       <c r="H82" s="45"/>
       <c r="I82" s="45"/>
       <c r="J82" s="45"/>
       <c r="K82" s="45"/>
       <c r="L82" s="45"/>
       <c r="M82" s="45"/>
       <c r="N82" s="45"/>
       <c r="O82" s="45"/>
       <c r="P82" s="46"/>
       <c r="Q82" s="46"/>
       <c r="R82" s="45"/>
       <c r="S82" s="62"/>
       <c r="T82" s="47"/>
       <c r="U82" s="84"/>
       <c r="V82" s="45"/>
       <c r="W82" s="47"/>
       <c r="X82" s="45"/>
       <c r="Y82" s="47"/>
       <c r="Z82" s="45"/>
       <c r="AA82" s="47"/>
@@ -7628,53 +7649,53 @@
       <c r="AP82" s="74"/>
       <c r="AQ82" s="83"/>
       <c r="AR82" s="74"/>
       <c r="AS82" s="75"/>
       <c r="AT82" s="76"/>
       <c r="AU82" s="74"/>
       <c r="AV82" s="74"/>
       <c r="AW82" s="74"/>
       <c r="AX82" s="74"/>
       <c r="AY82" s="76"/>
       <c r="AZ82" s="74"/>
       <c r="BA82" s="81"/>
       <c r="BB82" s="74"/>
       <c r="BC82" s="74"/>
       <c r="BD82" s="81"/>
       <c r="BE82" s="74"/>
       <c r="BG82" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH82" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="83" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="83" spans="3:60">
       <c r="C83" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D83" s="45"/>
       <c r="E83" s="45"/>
       <c r="F83" s="45"/>
       <c r="G83" s="45"/>
       <c r="H83" s="45"/>
       <c r="I83" s="45"/>
       <c r="J83" s="45"/>
       <c r="K83" s="45"/>
       <c r="L83" s="45"/>
       <c r="M83" s="45"/>
       <c r="N83" s="45"/>
       <c r="O83" s="45"/>
       <c r="P83" s="46"/>
       <c r="Q83" s="46"/>
       <c r="R83" s="45"/>
       <c r="S83" s="62"/>
       <c r="T83" s="47"/>
       <c r="U83" s="84"/>
       <c r="V83" s="45"/>
       <c r="W83" s="47"/>
       <c r="X83" s="45"/>
       <c r="Y83" s="47"/>
       <c r="Z83" s="45"/>
       <c r="AA83" s="47"/>
@@ -7694,53 +7715,53 @@
       <c r="AP83" s="74"/>
       <c r="AQ83" s="83"/>
       <c r="AR83" s="74"/>
       <c r="AS83" s="75"/>
       <c r="AT83" s="76"/>
       <c r="AU83" s="74"/>
       <c r="AV83" s="74"/>
       <c r="AW83" s="74"/>
       <c r="AX83" s="74"/>
       <c r="AY83" s="76"/>
       <c r="AZ83" s="74"/>
       <c r="BA83" s="81"/>
       <c r="BB83" s="74"/>
       <c r="BC83" s="74"/>
       <c r="BD83" s="81"/>
       <c r="BE83" s="74"/>
       <c r="BG83" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH83" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="84" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="84" spans="3:60">
       <c r="C84" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D84" s="45"/>
       <c r="E84" s="45"/>
       <c r="F84" s="45"/>
       <c r="G84" s="45"/>
       <c r="H84" s="45"/>
       <c r="I84" s="45"/>
       <c r="J84" s="45"/>
       <c r="K84" s="45"/>
       <c r="L84" s="45"/>
       <c r="M84" s="45"/>
       <c r="N84" s="45"/>
       <c r="O84" s="45"/>
       <c r="P84" s="46"/>
       <c r="Q84" s="46"/>
       <c r="R84" s="45"/>
       <c r="S84" s="62"/>
       <c r="T84" s="47"/>
       <c r="U84" s="84"/>
       <c r="V84" s="45"/>
       <c r="W84" s="47"/>
       <c r="X84" s="45"/>
       <c r="Y84" s="47"/>
       <c r="Z84" s="45"/>
       <c r="AA84" s="47"/>
@@ -7760,53 +7781,53 @@
       <c r="AP84" s="74"/>
       <c r="AQ84" s="83"/>
       <c r="AR84" s="74"/>
       <c r="AS84" s="75"/>
       <c r="AT84" s="76"/>
       <c r="AU84" s="74"/>
       <c r="AV84" s="74"/>
       <c r="AW84" s="74"/>
       <c r="AX84" s="74"/>
       <c r="AY84" s="76"/>
       <c r="AZ84" s="74"/>
       <c r="BA84" s="81"/>
       <c r="BB84" s="74"/>
       <c r="BC84" s="74"/>
       <c r="BD84" s="81"/>
       <c r="BE84" s="74"/>
       <c r="BG84" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH84" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="85" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="85" spans="3:60">
       <c r="C85" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D85" s="45"/>
       <c r="E85" s="45"/>
       <c r="F85" s="45"/>
       <c r="G85" s="45"/>
       <c r="H85" s="45"/>
       <c r="I85" s="45"/>
       <c r="J85" s="45"/>
       <c r="K85" s="45"/>
       <c r="L85" s="45"/>
       <c r="M85" s="45"/>
       <c r="N85" s="45"/>
       <c r="O85" s="45"/>
       <c r="P85" s="46"/>
       <c r="Q85" s="46"/>
       <c r="R85" s="45"/>
       <c r="S85" s="62"/>
       <c r="T85" s="47"/>
       <c r="U85" s="84"/>
       <c r="V85" s="45"/>
       <c r="W85" s="47"/>
       <c r="X85" s="45"/>
       <c r="Y85" s="47"/>
       <c r="Z85" s="45"/>
       <c r="AA85" s="47"/>
@@ -7826,53 +7847,53 @@
       <c r="AP85" s="74"/>
       <c r="AQ85" s="83"/>
       <c r="AR85" s="74"/>
       <c r="AS85" s="75"/>
       <c r="AT85" s="76"/>
       <c r="AU85" s="74"/>
       <c r="AV85" s="74"/>
       <c r="AW85" s="74"/>
       <c r="AX85" s="74"/>
       <c r="AY85" s="76"/>
       <c r="AZ85" s="74"/>
       <c r="BA85" s="81"/>
       <c r="BB85" s="74"/>
       <c r="BC85" s="74"/>
       <c r="BD85" s="81"/>
       <c r="BE85" s="74"/>
       <c r="BG85" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH85" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="86" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="86" spans="3:60">
       <c r="C86" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D86" s="45"/>
       <c r="E86" s="45"/>
       <c r="F86" s="45"/>
       <c r="G86" s="45"/>
       <c r="H86" s="45"/>
       <c r="I86" s="45"/>
       <c r="J86" s="45"/>
       <c r="K86" s="45"/>
       <c r="L86" s="45"/>
       <c r="M86" s="45"/>
       <c r="N86" s="45"/>
       <c r="O86" s="45"/>
       <c r="P86" s="46"/>
       <c r="Q86" s="46"/>
       <c r="R86" s="45"/>
       <c r="S86" s="62"/>
       <c r="T86" s="47"/>
       <c r="U86" s="84"/>
       <c r="V86" s="45"/>
       <c r="W86" s="47"/>
       <c r="X86" s="45"/>
       <c r="Y86" s="47"/>
       <c r="Z86" s="45"/>
       <c r="AA86" s="47"/>
@@ -7892,53 +7913,53 @@
       <c r="AP86" s="74"/>
       <c r="AQ86" s="83"/>
       <c r="AR86" s="74"/>
       <c r="AS86" s="75"/>
       <c r="AT86" s="76"/>
       <c r="AU86" s="74"/>
       <c r="AV86" s="74"/>
       <c r="AW86" s="74"/>
       <c r="AX86" s="74"/>
       <c r="AY86" s="76"/>
       <c r="AZ86" s="74"/>
       <c r="BA86" s="81"/>
       <c r="BB86" s="74"/>
       <c r="BC86" s="74"/>
       <c r="BD86" s="81"/>
       <c r="BE86" s="74"/>
       <c r="BG86" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH86" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="87" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="87" spans="3:60">
       <c r="C87" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D87" s="45"/>
       <c r="E87" s="45"/>
       <c r="F87" s="45"/>
       <c r="G87" s="45"/>
       <c r="H87" s="45"/>
       <c r="I87" s="45"/>
       <c r="J87" s="45"/>
       <c r="K87" s="45"/>
       <c r="L87" s="45"/>
       <c r="M87" s="45"/>
       <c r="N87" s="45"/>
       <c r="O87" s="45"/>
       <c r="P87" s="46"/>
       <c r="Q87" s="46"/>
       <c r="R87" s="45"/>
       <c r="S87" s="62"/>
       <c r="T87" s="47"/>
       <c r="U87" s="84"/>
       <c r="V87" s="45"/>
       <c r="W87" s="47"/>
       <c r="X87" s="45"/>
       <c r="Y87" s="47"/>
       <c r="Z87" s="45"/>
       <c r="AA87" s="47"/>
@@ -7958,53 +7979,53 @@
       <c r="AP87" s="74"/>
       <c r="AQ87" s="83"/>
       <c r="AR87" s="74"/>
       <c r="AS87" s="75"/>
       <c r="AT87" s="76"/>
       <c r="AU87" s="74"/>
       <c r="AV87" s="74"/>
       <c r="AW87" s="74"/>
       <c r="AX87" s="74"/>
       <c r="AY87" s="76"/>
       <c r="AZ87" s="74"/>
       <c r="BA87" s="81"/>
       <c r="BB87" s="74"/>
       <c r="BC87" s="74"/>
       <c r="BD87" s="81"/>
       <c r="BE87" s="74"/>
       <c r="BG87" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH87" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="88" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="88" spans="3:60">
       <c r="C88" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D88" s="45"/>
       <c r="E88" s="45"/>
       <c r="F88" s="45"/>
       <c r="G88" s="45"/>
       <c r="H88" s="45"/>
       <c r="I88" s="45"/>
       <c r="J88" s="45"/>
       <c r="K88" s="45"/>
       <c r="L88" s="45"/>
       <c r="M88" s="45"/>
       <c r="N88" s="45"/>
       <c r="O88" s="45"/>
       <c r="P88" s="46"/>
       <c r="Q88" s="46"/>
       <c r="R88" s="45"/>
       <c r="S88" s="62"/>
       <c r="T88" s="47"/>
       <c r="U88" s="84"/>
       <c r="V88" s="45"/>
       <c r="W88" s="47"/>
       <c r="X88" s="45"/>
       <c r="Y88" s="47"/>
       <c r="Z88" s="45"/>
       <c r="AA88" s="47"/>
@@ -8024,53 +8045,53 @@
       <c r="AP88" s="74"/>
       <c r="AQ88" s="83"/>
       <c r="AR88" s="74"/>
       <c r="AS88" s="75"/>
       <c r="AT88" s="76"/>
       <c r="AU88" s="74"/>
       <c r="AV88" s="74"/>
       <c r="AW88" s="74"/>
       <c r="AX88" s="74"/>
       <c r="AY88" s="76"/>
       <c r="AZ88" s="74"/>
       <c r="BA88" s="81"/>
       <c r="BB88" s="74"/>
       <c r="BC88" s="74"/>
       <c r="BD88" s="81"/>
       <c r="BE88" s="74"/>
       <c r="BG88" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH88" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="89" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="89" spans="3:60">
       <c r="C89" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D89" s="45"/>
       <c r="E89" s="45"/>
       <c r="F89" s="45"/>
       <c r="G89" s="45"/>
       <c r="H89" s="45"/>
       <c r="I89" s="45"/>
       <c r="J89" s="45"/>
       <c r="K89" s="45"/>
       <c r="L89" s="45"/>
       <c r="M89" s="45"/>
       <c r="N89" s="45"/>
       <c r="O89" s="45"/>
       <c r="P89" s="46"/>
       <c r="Q89" s="46"/>
       <c r="R89" s="45"/>
       <c r="S89" s="62"/>
       <c r="T89" s="47"/>
       <c r="U89" s="84"/>
       <c r="V89" s="45"/>
       <c r="W89" s="47"/>
       <c r="X89" s="45"/>
       <c r="Y89" s="47"/>
       <c r="Z89" s="45"/>
       <c r="AA89" s="47"/>
@@ -8090,53 +8111,53 @@
       <c r="AP89" s="74"/>
       <c r="AQ89" s="83"/>
       <c r="AR89" s="74"/>
       <c r="AS89" s="75"/>
       <c r="AT89" s="76"/>
       <c r="AU89" s="74"/>
       <c r="AV89" s="74"/>
       <c r="AW89" s="74"/>
       <c r="AX89" s="74"/>
       <c r="AY89" s="76"/>
       <c r="AZ89" s="74"/>
       <c r="BA89" s="81"/>
       <c r="BB89" s="74"/>
       <c r="BC89" s="74"/>
       <c r="BD89" s="81"/>
       <c r="BE89" s="74"/>
       <c r="BG89" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH89" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="90" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="90" spans="3:60">
       <c r="C90" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D90" s="45"/>
       <c r="E90" s="45"/>
       <c r="F90" s="45"/>
       <c r="G90" s="45"/>
       <c r="H90" s="45"/>
       <c r="I90" s="45"/>
       <c r="J90" s="45"/>
       <c r="K90" s="45"/>
       <c r="L90" s="45"/>
       <c r="M90" s="45"/>
       <c r="N90" s="45"/>
       <c r="O90" s="45"/>
       <c r="P90" s="46"/>
       <c r="Q90" s="46"/>
       <c r="R90" s="45"/>
       <c r="S90" s="62"/>
       <c r="T90" s="47"/>
       <c r="U90" s="84"/>
       <c r="V90" s="45"/>
       <c r="W90" s="47"/>
       <c r="X90" s="45"/>
       <c r="Y90" s="47"/>
       <c r="Z90" s="45"/>
       <c r="AA90" s="47"/>
@@ -8156,53 +8177,53 @@
       <c r="AP90" s="74"/>
       <c r="AQ90" s="83"/>
       <c r="AR90" s="74"/>
       <c r="AS90" s="75"/>
       <c r="AT90" s="76"/>
       <c r="AU90" s="74"/>
       <c r="AV90" s="74"/>
       <c r="AW90" s="74"/>
       <c r="AX90" s="74"/>
       <c r="AY90" s="76"/>
       <c r="AZ90" s="74"/>
       <c r="BA90" s="81"/>
       <c r="BB90" s="74"/>
       <c r="BC90" s="74"/>
       <c r="BD90" s="81"/>
       <c r="BE90" s="74"/>
       <c r="BG90" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH90" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="91" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="91" spans="3:60">
       <c r="C91" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D91" s="45"/>
       <c r="E91" s="45"/>
       <c r="F91" s="45"/>
       <c r="G91" s="45"/>
       <c r="H91" s="45"/>
       <c r="I91" s="45"/>
       <c r="J91" s="45"/>
       <c r="K91" s="45"/>
       <c r="L91" s="45"/>
       <c r="M91" s="45"/>
       <c r="N91" s="45"/>
       <c r="O91" s="45"/>
       <c r="P91" s="46"/>
       <c r="Q91" s="46"/>
       <c r="R91" s="45"/>
       <c r="S91" s="62"/>
       <c r="T91" s="47"/>
       <c r="U91" s="84"/>
       <c r="V91" s="45"/>
       <c r="W91" s="47"/>
       <c r="X91" s="45"/>
       <c r="Y91" s="47"/>
       <c r="Z91" s="45"/>
       <c r="AA91" s="47"/>
@@ -8222,53 +8243,53 @@
       <c r="AP91" s="74"/>
       <c r="AQ91" s="83"/>
       <c r="AR91" s="74"/>
       <c r="AS91" s="75"/>
       <c r="AT91" s="76"/>
       <c r="AU91" s="74"/>
       <c r="AV91" s="74"/>
       <c r="AW91" s="74"/>
       <c r="AX91" s="74"/>
       <c r="AY91" s="76"/>
       <c r="AZ91" s="74"/>
       <c r="BA91" s="81"/>
       <c r="BB91" s="74"/>
       <c r="BC91" s="74"/>
       <c r="BD91" s="81"/>
       <c r="BE91" s="74"/>
       <c r="BG91" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH91" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="92" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="92" spans="3:60">
       <c r="C92" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D92" s="45"/>
       <c r="E92" s="45"/>
       <c r="F92" s="45"/>
       <c r="G92" s="45"/>
       <c r="H92" s="45"/>
       <c r="I92" s="45"/>
       <c r="J92" s="45"/>
       <c r="K92" s="45"/>
       <c r="L92" s="45"/>
       <c r="M92" s="45"/>
       <c r="N92" s="45"/>
       <c r="O92" s="45"/>
       <c r="P92" s="46"/>
       <c r="Q92" s="46"/>
       <c r="R92" s="45"/>
       <c r="S92" s="62"/>
       <c r="T92" s="47"/>
       <c r="U92" s="84"/>
       <c r="V92" s="45"/>
       <c r="W92" s="47"/>
       <c r="X92" s="45"/>
       <c r="Y92" s="47"/>
       <c r="Z92" s="45"/>
       <c r="AA92" s="47"/>
@@ -8288,53 +8309,53 @@
       <c r="AP92" s="74"/>
       <c r="AQ92" s="83"/>
       <c r="AR92" s="74"/>
       <c r="AS92" s="75"/>
       <c r="AT92" s="76"/>
       <c r="AU92" s="74"/>
       <c r="AV92" s="74"/>
       <c r="AW92" s="74"/>
       <c r="AX92" s="74"/>
       <c r="AY92" s="76"/>
       <c r="AZ92" s="74"/>
       <c r="BA92" s="81"/>
       <c r="BB92" s="74"/>
       <c r="BC92" s="74"/>
       <c r="BD92" s="81"/>
       <c r="BE92" s="74"/>
       <c r="BG92" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH92" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="93" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="93" spans="3:60">
       <c r="C93" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D93" s="45"/>
       <c r="E93" s="45"/>
       <c r="F93" s="45"/>
       <c r="G93" s="45"/>
       <c r="H93" s="45"/>
       <c r="I93" s="45"/>
       <c r="J93" s="45"/>
       <c r="K93" s="45"/>
       <c r="L93" s="45"/>
       <c r="M93" s="45"/>
       <c r="N93" s="45"/>
       <c r="O93" s="45"/>
       <c r="P93" s="46"/>
       <c r="Q93" s="46"/>
       <c r="R93" s="45"/>
       <c r="S93" s="62"/>
       <c r="T93" s="47"/>
       <c r="U93" s="84"/>
       <c r="V93" s="45"/>
       <c r="W93" s="47"/>
       <c r="X93" s="45"/>
       <c r="Y93" s="47"/>
       <c r="Z93" s="45"/>
       <c r="AA93" s="47"/>
@@ -8354,53 +8375,53 @@
       <c r="AP93" s="74"/>
       <c r="AQ93" s="83"/>
       <c r="AR93" s="74"/>
       <c r="AS93" s="75"/>
       <c r="AT93" s="76"/>
       <c r="AU93" s="74"/>
       <c r="AV93" s="74"/>
       <c r="AW93" s="74"/>
       <c r="AX93" s="74"/>
       <c r="AY93" s="76"/>
       <c r="AZ93" s="74"/>
       <c r="BA93" s="81"/>
       <c r="BB93" s="74"/>
       <c r="BC93" s="74"/>
       <c r="BD93" s="81"/>
       <c r="BE93" s="74"/>
       <c r="BG93" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH93" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="94" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="94" spans="3:60">
       <c r="C94" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D94" s="45"/>
       <c r="E94" s="45"/>
       <c r="F94" s="45"/>
       <c r="G94" s="45"/>
       <c r="H94" s="45"/>
       <c r="I94" s="45"/>
       <c r="J94" s="45"/>
       <c r="K94" s="45"/>
       <c r="L94" s="45"/>
       <c r="M94" s="45"/>
       <c r="N94" s="45"/>
       <c r="O94" s="45"/>
       <c r="P94" s="46"/>
       <c r="Q94" s="46"/>
       <c r="R94" s="45"/>
       <c r="S94" s="62"/>
       <c r="T94" s="47"/>
       <c r="U94" s="84"/>
       <c r="V94" s="45"/>
       <c r="W94" s="47"/>
       <c r="X94" s="45"/>
       <c r="Y94" s="47"/>
       <c r="Z94" s="45"/>
       <c r="AA94" s="47"/>
@@ -8420,53 +8441,53 @@
       <c r="AP94" s="74"/>
       <c r="AQ94" s="83"/>
       <c r="AR94" s="74"/>
       <c r="AS94" s="75"/>
       <c r="AT94" s="76"/>
       <c r="AU94" s="74"/>
       <c r="AV94" s="74"/>
       <c r="AW94" s="74"/>
       <c r="AX94" s="74"/>
       <c r="AY94" s="76"/>
       <c r="AZ94" s="74"/>
       <c r="BA94" s="81"/>
       <c r="BB94" s="74"/>
       <c r="BC94" s="74"/>
       <c r="BD94" s="81"/>
       <c r="BE94" s="74"/>
       <c r="BG94" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH94" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="95" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="95" spans="3:60">
       <c r="C95" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D95" s="45"/>
       <c r="E95" s="45"/>
       <c r="F95" s="45"/>
       <c r="G95" s="45"/>
       <c r="H95" s="45"/>
       <c r="I95" s="45"/>
       <c r="J95" s="45"/>
       <c r="K95" s="45"/>
       <c r="L95" s="45"/>
       <c r="M95" s="45"/>
       <c r="N95" s="45"/>
       <c r="O95" s="45"/>
       <c r="P95" s="46"/>
       <c r="Q95" s="46"/>
       <c r="R95" s="45"/>
       <c r="S95" s="62"/>
       <c r="T95" s="47"/>
       <c r="U95" s="84"/>
       <c r="V95" s="45"/>
       <c r="W95" s="47"/>
       <c r="X95" s="45"/>
       <c r="Y95" s="47"/>
       <c r="Z95" s="45"/>
       <c r="AA95" s="47"/>
@@ -8486,53 +8507,53 @@
       <c r="AP95" s="74"/>
       <c r="AQ95" s="83"/>
       <c r="AR95" s="74"/>
       <c r="AS95" s="75"/>
       <c r="AT95" s="76"/>
       <c r="AU95" s="74"/>
       <c r="AV95" s="74"/>
       <c r="AW95" s="74"/>
       <c r="AX95" s="74"/>
       <c r="AY95" s="76"/>
       <c r="AZ95" s="74"/>
       <c r="BA95" s="81"/>
       <c r="BB95" s="74"/>
       <c r="BC95" s="74"/>
       <c r="BD95" s="81"/>
       <c r="BE95" s="74"/>
       <c r="BG95" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH95" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="96" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="96" spans="3:60">
       <c r="C96" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D96" s="45"/>
       <c r="E96" s="45"/>
       <c r="F96" s="45"/>
       <c r="G96" s="45"/>
       <c r="H96" s="45"/>
       <c r="I96" s="45"/>
       <c r="J96" s="45"/>
       <c r="K96" s="45"/>
       <c r="L96" s="45"/>
       <c r="M96" s="45"/>
       <c r="N96" s="45"/>
       <c r="O96" s="45"/>
       <c r="P96" s="46"/>
       <c r="Q96" s="46"/>
       <c r="R96" s="45"/>
       <c r="S96" s="62"/>
       <c r="T96" s="47"/>
       <c r="U96" s="84"/>
       <c r="V96" s="45"/>
       <c r="W96" s="47"/>
       <c r="X96" s="45"/>
       <c r="Y96" s="47"/>
       <c r="Z96" s="45"/>
       <c r="AA96" s="47"/>
@@ -8552,53 +8573,53 @@
       <c r="AP96" s="74"/>
       <c r="AQ96" s="83"/>
       <c r="AR96" s="74"/>
       <c r="AS96" s="75"/>
       <c r="AT96" s="76"/>
       <c r="AU96" s="74"/>
       <c r="AV96" s="74"/>
       <c r="AW96" s="74"/>
       <c r="AX96" s="74"/>
       <c r="AY96" s="76"/>
       <c r="AZ96" s="74"/>
       <c r="BA96" s="81"/>
       <c r="BB96" s="74"/>
       <c r="BC96" s="74"/>
       <c r="BD96" s="81"/>
       <c r="BE96" s="74"/>
       <c r="BG96" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH96" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="97" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="97" spans="3:60">
       <c r="C97" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D97" s="45"/>
       <c r="E97" s="45"/>
       <c r="F97" s="45"/>
       <c r="G97" s="45"/>
       <c r="H97" s="45"/>
       <c r="I97" s="45"/>
       <c r="J97" s="45"/>
       <c r="K97" s="45"/>
       <c r="L97" s="45"/>
       <c r="M97" s="45"/>
       <c r="N97" s="45"/>
       <c r="O97" s="45"/>
       <c r="P97" s="46"/>
       <c r="Q97" s="46"/>
       <c r="R97" s="45"/>
       <c r="S97" s="62"/>
       <c r="T97" s="47"/>
       <c r="U97" s="84"/>
       <c r="V97" s="45"/>
       <c r="W97" s="47"/>
       <c r="X97" s="45"/>
       <c r="Y97" s="47"/>
       <c r="Z97" s="45"/>
       <c r="AA97" s="47"/>
@@ -8618,53 +8639,53 @@
       <c r="AP97" s="74"/>
       <c r="AQ97" s="83"/>
       <c r="AR97" s="74"/>
       <c r="AS97" s="75"/>
       <c r="AT97" s="76"/>
       <c r="AU97" s="74"/>
       <c r="AV97" s="74"/>
       <c r="AW97" s="74"/>
       <c r="AX97" s="74"/>
       <c r="AY97" s="76"/>
       <c r="AZ97" s="74"/>
       <c r="BA97" s="81"/>
       <c r="BB97" s="74"/>
       <c r="BC97" s="74"/>
       <c r="BD97" s="81"/>
       <c r="BE97" s="74"/>
       <c r="BG97" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH97" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="98" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="98" spans="3:60">
       <c r="C98" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D98" s="45"/>
       <c r="E98" s="45"/>
       <c r="F98" s="45"/>
       <c r="G98" s="45"/>
       <c r="H98" s="45"/>
       <c r="I98" s="45"/>
       <c r="J98" s="45"/>
       <c r="K98" s="45"/>
       <c r="L98" s="45"/>
       <c r="M98" s="45"/>
       <c r="N98" s="45"/>
       <c r="O98" s="45"/>
       <c r="P98" s="46"/>
       <c r="Q98" s="46"/>
       <c r="R98" s="45"/>
       <c r="S98" s="62"/>
       <c r="T98" s="47"/>
       <c r="U98" s="84"/>
       <c r="V98" s="45"/>
       <c r="W98" s="47"/>
       <c r="X98" s="45"/>
       <c r="Y98" s="47"/>
       <c r="Z98" s="45"/>
       <c r="AA98" s="47"/>
@@ -8684,53 +8705,53 @@
       <c r="AP98" s="74"/>
       <c r="AQ98" s="83"/>
       <c r="AR98" s="74"/>
       <c r="AS98" s="75"/>
       <c r="AT98" s="76"/>
       <c r="AU98" s="74"/>
       <c r="AV98" s="74"/>
       <c r="AW98" s="74"/>
       <c r="AX98" s="74"/>
       <c r="AY98" s="76"/>
       <c r="AZ98" s="74"/>
       <c r="BA98" s="81"/>
       <c r="BB98" s="74"/>
       <c r="BC98" s="74"/>
       <c r="BD98" s="81"/>
       <c r="BE98" s="74"/>
       <c r="BG98" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH98" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="99" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="99" spans="3:60">
       <c r="C99" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D99" s="45"/>
       <c r="E99" s="45"/>
       <c r="F99" s="45"/>
       <c r="G99" s="45"/>
       <c r="H99" s="45"/>
       <c r="I99" s="45"/>
       <c r="J99" s="45"/>
       <c r="K99" s="45"/>
       <c r="L99" s="45"/>
       <c r="M99" s="45"/>
       <c r="N99" s="45"/>
       <c r="O99" s="45"/>
       <c r="P99" s="46"/>
       <c r="Q99" s="46"/>
       <c r="R99" s="45"/>
       <c r="S99" s="62"/>
       <c r="T99" s="47"/>
       <c r="U99" s="84"/>
       <c r="V99" s="45"/>
       <c r="W99" s="47"/>
       <c r="X99" s="45"/>
       <c r="Y99" s="47"/>
       <c r="Z99" s="45"/>
       <c r="AA99" s="47"/>
@@ -8750,53 +8771,53 @@
       <c r="AP99" s="74"/>
       <c r="AQ99" s="83"/>
       <c r="AR99" s="74"/>
       <c r="AS99" s="75"/>
       <c r="AT99" s="76"/>
       <c r="AU99" s="74"/>
       <c r="AV99" s="74"/>
       <c r="AW99" s="74"/>
       <c r="AX99" s="74"/>
       <c r="AY99" s="76"/>
       <c r="AZ99" s="74"/>
       <c r="BA99" s="81"/>
       <c r="BB99" s="74"/>
       <c r="BC99" s="74"/>
       <c r="BD99" s="81"/>
       <c r="BE99" s="74"/>
       <c r="BG99" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH99" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="100" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="100" spans="3:60">
       <c r="C100" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D100" s="45"/>
       <c r="E100" s="45"/>
       <c r="F100" s="45"/>
       <c r="G100" s="45"/>
       <c r="H100" s="45"/>
       <c r="I100" s="45"/>
       <c r="J100" s="45"/>
       <c r="K100" s="45"/>
       <c r="L100" s="45"/>
       <c r="M100" s="45"/>
       <c r="N100" s="45"/>
       <c r="O100" s="45"/>
       <c r="P100" s="46"/>
       <c r="Q100" s="46"/>
       <c r="R100" s="45"/>
       <c r="S100" s="62"/>
       <c r="T100" s="47"/>
       <c r="U100" s="84"/>
       <c r="V100" s="45"/>
       <c r="W100" s="47"/>
       <c r="X100" s="45"/>
       <c r="Y100" s="47"/>
       <c r="Z100" s="45"/>
       <c r="AA100" s="47"/>
@@ -8816,53 +8837,53 @@
       <c r="AP100" s="74"/>
       <c r="AQ100" s="83"/>
       <c r="AR100" s="74"/>
       <c r="AS100" s="75"/>
       <c r="AT100" s="76"/>
       <c r="AU100" s="74"/>
       <c r="AV100" s="74"/>
       <c r="AW100" s="74"/>
       <c r="AX100" s="74"/>
       <c r="AY100" s="76"/>
       <c r="AZ100" s="74"/>
       <c r="BA100" s="81"/>
       <c r="BB100" s="74"/>
       <c r="BC100" s="74"/>
       <c r="BD100" s="81"/>
       <c r="BE100" s="74"/>
       <c r="BG100" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH100" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="101" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="101" spans="3:60">
       <c r="C101" s="44" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D101" s="45"/>
       <c r="E101" s="45"/>
       <c r="F101" s="45"/>
       <c r="G101" s="45"/>
       <c r="H101" s="45"/>
       <c r="I101" s="45"/>
       <c r="J101" s="45"/>
       <c r="K101" s="45"/>
       <c r="L101" s="45"/>
       <c r="M101" s="45"/>
       <c r="N101" s="45"/>
       <c r="O101" s="45"/>
       <c r="P101" s="46"/>
       <c r="Q101" s="46"/>
       <c r="R101" s="45"/>
       <c r="S101" s="62"/>
       <c r="T101" s="47"/>
       <c r="U101" s="84"/>
       <c r="V101" s="45"/>
       <c r="W101" s="47"/>
       <c r="X101" s="45"/>
       <c r="Y101" s="47"/>
       <c r="Z101" s="45"/>
       <c r="AA101" s="47"/>
@@ -8882,216 +8903,216 @@
       <c r="AP101" s="74"/>
       <c r="AQ101" s="83"/>
       <c r="AR101" s="74"/>
       <c r="AS101" s="75"/>
       <c r="AT101" s="76"/>
       <c r="AU101" s="74"/>
       <c r="AV101" s="74"/>
       <c r="AW101" s="74"/>
       <c r="AX101" s="74"/>
       <c r="AY101" s="76"/>
       <c r="AZ101" s="74"/>
       <c r="BA101" s="74"/>
       <c r="BB101" s="74"/>
       <c r="BC101" s="74"/>
       <c r="BD101" s="81"/>
       <c r="BE101" s="74"/>
       <c r="BG101" s="77">
         <f t="shared" si="2"/>
         <v>-7</v>
       </c>
       <c r="BH101" s="78">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="102" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="102" spans="3:60">
       <c r="D102" s="50"/>
       <c r="E102" s="50"/>
       <c r="F102" s="50"/>
       <c r="G102" s="50"/>
       <c r="H102" s="50"/>
       <c r="M102" s="50"/>
       <c r="N102" s="50"/>
       <c r="O102" s="50"/>
       <c r="P102" s="61"/>
       <c r="Q102" s="61"/>
       <c r="S102" s="63"/>
       <c r="T102" s="52"/>
       <c r="U102" s="51"/>
       <c r="V102" s="50"/>
       <c r="W102" s="52"/>
       <c r="X102" s="50"/>
       <c r="Y102" s="52"/>
       <c r="Z102" s="50"/>
       <c r="AA102" s="52"/>
       <c r="AB102" s="65"/>
       <c r="AC102" s="52"/>
       <c r="AD102" s="50"/>
       <c r="AE102" s="50"/>
       <c r="AJ102" s="50"/>
     </row>
-    <row r="103" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="103" spans="3:60">
       <c r="D103" s="50"/>
       <c r="E103" s="50"/>
       <c r="F103" s="50"/>
       <c r="G103" s="50"/>
       <c r="H103" s="50"/>
       <c r="M103" s="50"/>
       <c r="N103" s="50"/>
       <c r="O103" s="50"/>
       <c r="P103" s="61"/>
       <c r="Q103" s="61"/>
       <c r="S103" s="63"/>
       <c r="T103" s="52"/>
       <c r="U103" s="51"/>
       <c r="V103" s="50"/>
       <c r="W103" s="52"/>
       <c r="X103" s="50"/>
       <c r="Y103" s="52"/>
       <c r="Z103" s="50"/>
       <c r="AA103" s="52"/>
       <c r="AB103" s="65"/>
       <c r="AC103" s="52"/>
       <c r="AD103" s="50"/>
       <c r="AE103" s="50"/>
       <c r="AJ103" s="50"/>
     </row>
-    <row r="104" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="104" spans="3:60">
       <c r="D104" s="50"/>
       <c r="E104" s="50"/>
       <c r="F104" s="50"/>
       <c r="G104" s="50"/>
       <c r="H104" s="50"/>
       <c r="M104" s="50"/>
       <c r="N104" s="50"/>
       <c r="O104" s="50"/>
       <c r="P104" s="61"/>
       <c r="Q104" s="61"/>
       <c r="S104" s="63"/>
       <c r="T104" s="52"/>
       <c r="U104" s="51"/>
       <c r="V104" s="50"/>
       <c r="W104" s="52"/>
       <c r="X104" s="50"/>
       <c r="Y104" s="52"/>
       <c r="Z104" s="50"/>
       <c r="AA104" s="52"/>
       <c r="AB104" s="65"/>
       <c r="AC104" s="52"/>
       <c r="AD104" s="50"/>
       <c r="AE104" s="50"/>
       <c r="AJ104" s="50"/>
     </row>
-    <row r="105" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="105" spans="3:60">
       <c r="D105" s="50"/>
       <c r="E105" s="50"/>
       <c r="F105" s="50"/>
       <c r="G105" s="50"/>
       <c r="H105" s="50"/>
       <c r="M105" s="50"/>
       <c r="N105" s="50"/>
       <c r="O105" s="50"/>
       <c r="P105" s="61"/>
       <c r="Q105" s="61"/>
       <c r="S105" s="63"/>
       <c r="T105" s="52"/>
       <c r="U105" s="51"/>
       <c r="V105" s="50"/>
       <c r="W105" s="52"/>
       <c r="X105" s="50"/>
       <c r="Y105" s="52"/>
       <c r="Z105" s="50"/>
       <c r="AA105" s="52"/>
       <c r="AB105" s="65"/>
       <c r="AC105" s="52"/>
       <c r="AD105" s="50"/>
       <c r="AE105" s="50"/>
       <c r="AJ105" s="50"/>
     </row>
-    <row r="106" spans="3:60" x14ac:dyDescent="0.25">
+    <row r="106" spans="3:60">
       <c r="D106" s="50"/>
       <c r="E106" s="50"/>
       <c r="F106" s="50"/>
       <c r="G106" s="50"/>
       <c r="H106" s="50"/>
       <c r="M106" s="50"/>
       <c r="N106" s="50"/>
       <c r="O106" s="50"/>
       <c r="P106" s="61"/>
       <c r="Q106" s="61"/>
       <c r="S106" s="63"/>
       <c r="T106" s="52"/>
       <c r="U106" s="51"/>
       <c r="V106" s="50"/>
       <c r="W106" s="52"/>
       <c r="X106" s="50"/>
       <c r="Y106" s="52"/>
       <c r="Z106" s="50"/>
       <c r="AA106" s="52"/>
       <c r="AB106" s="65"/>
       <c r="AC106" s="52"/>
       <c r="AD106" s="50"/>
       <c r="AE106" s="50"/>
       <c r="AJ106" s="50"/>
     </row>
   </sheetData>
   <mergeCells count="34">
-    <mergeCell ref="AN12:AQ12"/>
-[...16 lines deleted...]
-    <mergeCell ref="L12:N12"/>
     <mergeCell ref="BG11:BH11"/>
     <mergeCell ref="BG12:BH12"/>
     <mergeCell ref="AE40:AF40"/>
     <mergeCell ref="AG40:AK40"/>
     <mergeCell ref="C2:AG2"/>
     <mergeCell ref="C3:H3"/>
     <mergeCell ref="J3:P3"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:H4"/>
     <mergeCell ref="M4:P4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:H5"/>
     <mergeCell ref="M5:P5"/>
     <mergeCell ref="C6:D6"/>
     <mergeCell ref="E6:H6"/>
     <mergeCell ref="M6:P6"/>
+    <mergeCell ref="F12:H12"/>
+    <mergeCell ref="AD12:AE12"/>
+    <mergeCell ref="C7:D7"/>
+    <mergeCell ref="M7:P7"/>
+    <mergeCell ref="C8:H8"/>
+    <mergeCell ref="M8:P8"/>
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="M9:P9"/>
+    <mergeCell ref="P12:U12"/>
+    <mergeCell ref="J10:L10"/>
+    <mergeCell ref="M10:P10"/>
+    <mergeCell ref="I12:K12"/>
+    <mergeCell ref="L12:N12"/>
+    <mergeCell ref="AN12:AQ12"/>
+    <mergeCell ref="AN11:BE11"/>
+    <mergeCell ref="AR12:BE12"/>
+    <mergeCell ref="AF12:AK12"/>
+    <mergeCell ref="V12:AC12"/>
   </mergeCells>
   <conditionalFormatting sqref="F14:H30 F41:H101">
     <cfRule type="expression" dxfId="56" priority="59">
       <formula>$D14="Off Cycle"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="55" priority="58">
       <formula>$D14="Other"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="54" priority="57">
       <formula>$D14="Transfer"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="53" priority="56">
       <formula>$D14="Termination"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="52" priority="55">
       <formula>$D14="SWB"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="51" priority="54">
       <formula>$D14="Promotion"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="50" priority="53">
       <formula>$D14="Job Code Change"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="49" priority="52">
       <formula>$D14="Reports To"</formula>
@@ -9370,61 +9391,320 @@
       <formula1>25569</formula1>
       <formula2>50424</formula2>
     </dataValidation>
     <dataValidation type="whole" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Please do not include the leading number 1, or any dashes, as they interfere with the mail merge. Your phone number should be formatted (987) 654 3210 or 9876543210" sqref="AQ14" xr:uid="{EFC50726-D8AA-43B2-B7DA-4ADD1C47EA26}">
       <formula1>9999999999</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="J5" r:id="rId1" location="0" xr:uid="{127AED38-8B65-48A5-8C22-1E2EE1CDEE4B}"/>
     <hyperlink ref="J4" r:id="rId2" xr:uid="{36AB4021-DEF8-4FC6-8F08-654C8FB78EAF}"/>
     <hyperlink ref="L7" r:id="rId3" xr:uid="{ECD4B73F-416D-4920-BA12-922A8817B5A7}"/>
     <hyperlink ref="L8" r:id="rId4" xr:uid="{E9093250-16B9-4F1A-AD91-E9F44CEBC63C}"/>
     <hyperlink ref="L6" r:id="rId5" xr:uid="{091773AB-8F71-47AC-969C-849CAF6C2240}"/>
     <hyperlink ref="L4" r:id="rId6" xr:uid="{CF6C319D-8716-419B-8105-99C7D8E30298}"/>
     <hyperlink ref="L9" r:id="rId7" xr:uid="{EC2A098C-3B48-46D9-B15E-EA361D8558FF}"/>
     <hyperlink ref="M10" r:id="rId8" xr:uid="{442D2206-2A90-40F5-89C3-C9C35F556FC4}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId9"/>
   <ignoredErrors>
     <ignoredError sqref="AS17:AS101" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BE0C9B6D5211CB4BB4FF0BDE8B40E050" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="491179d58f51219d5dcf714bd101467c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9658077a-f9eb-46a8-add4-3ca0320fa8d8" xmlns:ns3="96eea759-55b1-4640-b385-ea6477220255" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2d256d237d2f4ae321cca43e1ac61dd1" ns2:_="" ns3:_="">
+    <xsd:import namespace="9658077a-f9eb-46a8-add4-3ca0320fa8d8"/>
+    <xsd:import namespace="96eea759-55b1-4640-b385-ea6477220255"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9658077a-f9eb-46a8-add4-3ca0320fa8d8" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="14" nillable="true" ma:displayName="Sign-off status" ma:internalName="Sign_x002d_off_x0020_status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="17" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="18" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="96eea759-55b1-4640-b385-ea6477220255" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_Flow_SignoffStatus xmlns="9658077a-f9eb-46a8-add4-3ca0320fa8d8" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AB44C79-10C3-4D67-81E1-AE6C32F291A5}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46DB5ABC-08D5-4206-909F-5A69E2729482}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C5BC28A-DAD5-4EEC-A131-F1F024D73647}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...16 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
+  <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-[...1 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Sarah Amanda Seibold</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy/>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100BE0C9B6D5211CB4BB4FF0BDE8B40E050</vt:lpwstr>
+  </property>
+</Properties>
+</file>