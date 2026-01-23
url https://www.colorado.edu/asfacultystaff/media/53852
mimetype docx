--- v0 (2025-10-29)
+++ v1 (2026-01-23)
@@ -1,1174 +1,1133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/header.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="49FB10E4" w14:textId="77777777" w:rsidR="0017440E" w:rsidRDefault="00806E4B">
-      <w:pPr>
+    <w:p w:rsidR="0017440E" w:rsidP="752B91BB" w:rsidRDefault="002A173C" w14:paraId="29D6B04F" w14:textId="6355266A">
+      <w:pPr>
+        <w:ind/>
         <w:rPr>
           <w:sz w:val="22"/>
-        </w:rPr>
-      </w:pPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="00DA454E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...244 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="00C73018" w:rsidRDefault="00C73018" w:rsidP="00C73018">
+    <w:p w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00C73018" w14:paraId="5DAB6C7B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="491072FA" w14:textId="77777777" w:rsidR="00C73018" w:rsidRPr="00CA0056" w:rsidRDefault="00806E4B" w:rsidP="00C73018">
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00806E4B" w14:paraId="491072FA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02EB378F" w14:textId="77777777" w:rsidR="00C73018" w:rsidRPr="00CA0056" w:rsidRDefault="00C73018" w:rsidP="00C73018">
-[...6 lines deleted...]
-    <w:p w14:paraId="6F5C43C4" w14:textId="77777777" w:rsidR="00967E94" w:rsidRPr="00CA0056" w:rsidRDefault="00C73018" w:rsidP="5EA31D5A">
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00C73018" w14:paraId="02EB378F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00967E94" w:rsidP="5EA31D5A" w:rsidRDefault="00C73018" w14:paraId="6F5C43C4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="39195797">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ADDENDUM TO LETTER OF OFFER for:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="39195797">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0056" w:rsidRPr="39195797">
+      <w:r w:rsidRPr="39195797" w:rsidR="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>First Last</w:t>
       </w:r>
       <w:r w:rsidRPr="39195797">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0056" w:rsidRPr="39195797">
+      <w:r w:rsidRPr="39195797" w:rsidR="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Position</w:t>
       </w:r>
       <w:r w:rsidRPr="39195797">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EB70208" w14:textId="77777777" w:rsidR="00C73018" w:rsidRPr="00CA0056" w:rsidRDefault="00CA0056" w:rsidP="00967E94">
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00967E94" w:rsidRDefault="00CA0056" w14:paraId="7EB70208" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="4320" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Department/Program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A05A809" w14:textId="77777777" w:rsidR="00C73018" w:rsidRPr="00CA0056" w:rsidRDefault="00C73018" w:rsidP="00C73018">
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00C73018" w14:paraId="6A05A809" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19BEB7EE" w14:textId="77777777" w:rsidR="00967E94" w:rsidRPr="00CA0056" w:rsidRDefault="00967E94" w:rsidP="00C73018">
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00967E94" w:rsidP="00C73018" w:rsidRDefault="00967E94" w14:paraId="19BEB7EE" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">This is an addendum to your offer letter dated </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0056" w:rsidRPr="00CA0056">
+      <w:r w:rsidRPr="00CA0056" w:rsidR="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Month Day</w:t>
       </w:r>
-      <w:r w:rsidR="00CA0056" w:rsidRPr="00CA0056">
+      <w:r w:rsidRPr="00CA0056" w:rsidR="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0056" w:rsidRPr="00CA0056">
+      <w:r w:rsidRPr="00CA0056" w:rsidR="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Year</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, for the position of </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0056" w:rsidRPr="00CA0056">
+      <w:r w:rsidRPr="00CA0056" w:rsidR="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Position</w:t>
       </w:r>
-      <w:r w:rsidR="00C73018" w:rsidRPr="00CA0056">
+      <w:r w:rsidRPr="00CA0056" w:rsidR="00C73018">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">in the </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0056" w:rsidRPr="00CA0056">
+      <w:r w:rsidRPr="00CA0056" w:rsidR="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Department/</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Program</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> at the University of Colorado Boulder.  Effective </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0056" w:rsidRPr="00CA0056">
+      <w:r w:rsidRPr="00CA0056" w:rsidR="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Month Day</w:t>
       </w:r>
-      <w:r w:rsidR="00CA0056" w:rsidRPr="00CA0056">
+      <w:r w:rsidRPr="00CA0056" w:rsidR="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0056" w:rsidRPr="00CA0056">
+      <w:r w:rsidRPr="00CA0056" w:rsidR="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Year</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, the following changes are being made:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A39BBE3" w14:textId="77777777" w:rsidR="00967E94" w:rsidRPr="00CA0056" w:rsidRDefault="00967E94" w:rsidP="00C73018">
-[...6 lines deleted...]
-    <w:p w14:paraId="470B0AEB" w14:textId="77777777" w:rsidR="00967E94" w:rsidRPr="00CA0056" w:rsidRDefault="00CA0056" w:rsidP="009B0A3B">
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00967E94" w:rsidP="00C73018" w:rsidRDefault="00967E94" w14:paraId="5A39BBE3" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="7866D1A6" w:rsidP="752B91BB" w:rsidRDefault="7866D1A6" w14:paraId="47280E79" w14:textId="195D8392">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:hanging="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="7866D1A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Where applicable – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="7866D1A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>delete</w:t>
+      </w:r>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="7866D1A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this line and any unused lines)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="7866D1A6" w:rsidP="752B91BB" w:rsidRDefault="7866D1A6" w14:paraId="1F199195" w14:textId="127DA01A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="41C8F396" w14:textId="77777777" w:rsidR="00C73018" w:rsidRPr="00CA0056" w:rsidRDefault="00C73018" w:rsidP="00C73018">
+        <w:suppressLineNumbers w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="7866D1A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Start date:  from [Initial Start Date] to [Revised Start Date]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="7866D1A6" w:rsidP="752B91BB" w:rsidRDefault="7866D1A6" w14:paraId="278E6F6B" w14:textId="2652AF45">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="7866D1A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Salary: from [Initial Salary] to [Revised Salary]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="7866D1A6" w:rsidP="752B91BB" w:rsidRDefault="7866D1A6" w14:paraId="200D967D" w14:textId="582DF130">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="7866D1A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Percentage of time: from [Initial Time] to [Revised Time]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="7866D1A6" w:rsidP="752B91BB" w:rsidRDefault="7866D1A6" w14:paraId="6C2C78F8" w14:textId="4DA21D92">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="7866D1A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Comprehensive review: Will be conducted during academic year [Review Scheduled Year].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="7866D1A6" w:rsidP="752B91BB" w:rsidRDefault="7866D1A6" w14:paraId="643AE07D" w14:textId="4FBC53C0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="7866D1A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Promotion/tenure review: Will be conducted during academic year [Promotion/Tenure Review Year].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="7866D1A6" w:rsidP="752B91BB" w:rsidRDefault="7866D1A6" w14:paraId="222640D8" w14:textId="2F4B57D5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="7866D1A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Other: [Other Comments]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00C73018" w14:paraId="41C8F396" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67ECE608" w14:textId="65A46515" w:rsidR="00C73018" w:rsidRPr="00CA0056" w:rsidRDefault="5BD67484" w:rsidP="00C73018">
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="5BD67484" w14:paraId="67ECE608" w14:textId="65A46515">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="39195797">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>All other terms of your letter of offer remain u</w:t>
       </w:r>
       <w:r w:rsidR="00B53BFD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">nchanged. </w:t>
       </w:r>
-      <w:r w:rsidR="00C73018" w:rsidRPr="39195797">
+      <w:r w:rsidRPr="39195797" w:rsidR="00C73018">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Please notify me by</w:t>
       </w:r>
-      <w:r w:rsidR="001E1D1B" w:rsidRPr="39195797">
+      <w:r w:rsidRPr="39195797" w:rsidR="001E1D1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0056" w:rsidRPr="39195797">
+      <w:r w:rsidRPr="39195797" w:rsidR="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Day</w:t>
       </w:r>
-      <w:r w:rsidR="00CA0056" w:rsidRPr="39195797">
+      <w:r w:rsidRPr="39195797" w:rsidR="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0056" w:rsidRPr="39195797">
+      <w:r w:rsidRPr="39195797" w:rsidR="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Year</w:t>
       </w:r>
-      <w:r w:rsidR="00C73018" w:rsidRPr="39195797">
+      <w:r w:rsidRPr="39195797" w:rsidR="00C73018">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> of your willingness to accept </w:t>
       </w:r>
-      <w:r w:rsidR="002C6981" w:rsidRPr="39195797">
+      <w:r w:rsidRPr="39195797" w:rsidR="002C6981">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>these changes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72A3D3EC" w14:textId="77777777" w:rsidR="00C73018" w:rsidRPr="00CA0056" w:rsidRDefault="00C73018" w:rsidP="00C73018">
-[...13 lines deleted...]
-    <w:p w14:paraId="17827570" w14:textId="77777777" w:rsidR="00C73018" w:rsidRPr="00CA0056" w:rsidRDefault="00C73018" w:rsidP="00C73018">
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00C73018" w14:paraId="72A3D3EC" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00C73018" w14:paraId="0D0B940D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00C73018" w14:paraId="17827570" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>___________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA0056">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>___________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0066A028" w14:textId="77777777" w:rsidR="00C73018" w:rsidRPr="00CA0056" w:rsidRDefault="00CA0056" w:rsidP="00C73018">
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00CA0056" w14:paraId="0066A028" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>First Last</w:t>
       </w:r>
-      <w:r w:rsidR="002C6981" w:rsidRPr="00CA0056">
+      <w:r w:rsidRPr="00CA0056" w:rsidR="002C6981">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Chair/Director</w:t>
       </w:r>
-      <w:r w:rsidR="00FB7FF6" w:rsidRPr="00CA0056">
+      <w:r w:rsidRPr="00CA0056" w:rsidR="00FB7FF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00FB7FF6" w:rsidRPr="00CA0056">
+      <w:r w:rsidRPr="00CA0056" w:rsidR="00FB7FF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00FB7FF6" w:rsidRPr="00CA0056">
+      <w:r w:rsidRPr="00CA0056" w:rsidR="00FB7FF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0049163E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00C73018" w:rsidRPr="00CA0056">
+      <w:r w:rsidRPr="00CA0056" w:rsidR="00C73018">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="764B5154" w14:textId="77777777" w:rsidR="00C73018" w:rsidRPr="00CA0056" w:rsidRDefault="00CA0056" w:rsidP="00C73018">
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00CA0056" w14:paraId="764B5154" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Department/Program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60061E4C" w14:textId="5F6511F3" w:rsidR="002C6981" w:rsidRPr="00CA0056" w:rsidRDefault="002C6981" w:rsidP="39195797">
-[...6 lines deleted...]
-    <w:p w14:paraId="08D8E490" w14:textId="77777777" w:rsidR="00C73018" w:rsidRPr="00CA0056" w:rsidRDefault="00C73018" w:rsidP="00C73018">
+    <w:p w:rsidRPr="00CA0056" w:rsidR="002C6981" w:rsidP="39195797" w:rsidRDefault="002C6981" w14:paraId="60061E4C" w14:textId="5F6511F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00C73018" w14:paraId="08D8E490" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Concurred by:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44EAFD9C" w14:textId="77777777" w:rsidR="00C73018" w:rsidRPr="00CA0056" w:rsidRDefault="00C73018" w:rsidP="00C73018">
-[...13 lines deleted...]
-    <w:p w14:paraId="0873BAC7" w14:textId="77777777" w:rsidR="00CA0056" w:rsidRPr="00CA0056" w:rsidRDefault="00CA0056" w:rsidP="00CA0056">
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00C73018" w14:paraId="44EAFD9C" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="39195797" w:rsidP="39195797" w:rsidRDefault="39195797" w14:paraId="1A6DE3D5" w14:textId="1C517F49">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00CA0056" w:rsidP="00CA0056" w:rsidRDefault="00CA0056" w14:paraId="0873BAC7" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>___________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CA0056">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA0056">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>___________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08DBB57E" w14:textId="39288624" w:rsidR="00CA0056" w:rsidRPr="00CA0056" w:rsidRDefault="00CA0056" w:rsidP="00CA0056">
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00CA0056" w:rsidP="00CA0056" w:rsidRDefault="00CA0056" w14:paraId="08DBB57E" w14:textId="5A4D9D93">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="39195797">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="00CA0056">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>First Last</w:t>
       </w:r>
-      <w:r w:rsidRPr="39195797">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="00CA0056">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="39195797">
-[...11 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="00CA0056">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t>Dean</w:t>
+      </w:r>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="386D3DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Division</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="1BAFF752">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Associate Dean</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="00CA0056">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="56CF27A8" w:rsidP="752B91BB" w:rsidRDefault="56CF27A8" w14:paraId="2669A265" w14:textId="5E87D9CB">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="56CF27A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Arts and Humanities / Natural Sciences / Social Sciences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00CA0056" w:rsidP="00CA0056" w:rsidRDefault="00CA0056" w14:paraId="25557CB3" w14:textId="77777777">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="39195797">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>College of Arts and Sciences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00CA0056" w:rsidP="00C73018" w:rsidRDefault="00CA0056" w14:paraId="3656B9AB" w14:textId="77777777">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00CA0056" w14:paraId="70330687" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA0056">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA0056" w:rsidR="00C73018">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> accept this change to my letter of offer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00C73018" w14:paraId="45FB0818" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="39195797" w:rsidP="39195797" w:rsidRDefault="39195797" w14:paraId="6424E69C" w14:textId="7A46A373">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00C73018" w14:paraId="5F878A9A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA0056">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA0056">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA0056">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA0056">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CA0056" w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00CA0056" w14:paraId="41BDDB12" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA0056">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Faculty Name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA0056" w:rsidR="002C6981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA0056" w:rsidR="002C6981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA0056" w:rsidR="002C6981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA0056" w:rsidR="002C6981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA0056" w:rsidR="002C6981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA0056" w:rsidR="002C6981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA0056">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA0056" w:rsidR="00C73018">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25557CB3" w14:textId="77777777" w:rsidR="00CA0056" w:rsidRPr="00CA0056" w:rsidRDefault="00CA0056" w:rsidP="00CA0056">
-[...145 lines deleted...]
-    <w:p w14:paraId="049F31CB" w14:textId="77777777" w:rsidR="00C73018" w:rsidRDefault="00C73018" w:rsidP="00C73018">
+    <w:p w:rsidR="00C73018" w:rsidP="00C73018" w:rsidRDefault="00C73018" w14:paraId="049F31CB" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F694E16" w14:textId="77777777" w:rsidR="778A33E0" w:rsidRDefault="778A33E0" w:rsidP="33166FA7">
+    <w:p w:rsidR="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="504E8FDB" w14:textId="39D0BA56">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="790C693F" w14:textId="443744C2">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="778A33E0" w:rsidP="33166FA7" w:rsidRDefault="778A33E0" w14:paraId="4F694E16" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="4"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="4"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="33166FA7">
         <w:rPr>
           <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="33166FA7">
         <w:rPr>
           <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times"/>
         </w:rPr>
         <w:instrText>ADVANCE \u7</w:instrText>
       </w:r>
       <w:r w:rsidRPr="33166FA7">
         <w:rPr>
           <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="33166FA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>For Department/Program Use Only</w:t>
       </w:r>
       <w:r w:rsidRPr="33166FA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="626C4679" w14:textId="77777777" w:rsidR="778A33E0" w:rsidRDefault="778A33E0" w:rsidP="33166FA7">
+    <w:p w:rsidR="778A33E0" w:rsidP="33166FA7" w:rsidRDefault="778A33E0" w14:paraId="626C4679" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="4"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="4"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="33166FA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">New CU hire?   </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="33166FA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>No  If</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="33166FA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> no, PS ID____________ Position # _____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B982103" w14:textId="77777777" w:rsidR="778A33E0" w:rsidRDefault="778A33E0" w:rsidP="33166FA7">
+    <w:p w:rsidR="778A33E0" w:rsidP="33166FA7" w:rsidRDefault="778A33E0" w14:paraId="4B982103" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="4"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="4"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="33166FA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Funding </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="33166FA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Dist</w:t>
       </w:r>
@@ -1196,144 +1155,147 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________________________________________</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="33166FA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>_  (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="33166FA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>If ST blank, dept salary ST will be charged)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C69CB2B" w14:textId="77777777" w:rsidR="778A33E0" w:rsidRDefault="778A33E0" w:rsidP="33166FA7">
+    <w:p w:rsidR="778A33E0" w:rsidP="33166FA7" w:rsidRDefault="778A33E0" w14:paraId="6C69CB2B" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="4"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="4"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="33166FA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Funding Source L&amp;R?          </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="33166FA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(If yes, list L&amp;R request #___________________________________)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F957ED7" w14:textId="535461D8" w:rsidR="778A33E0" w:rsidRDefault="778A33E0" w:rsidP="33166FA7">
+    <w:p w:rsidR="778A33E0" w:rsidP="33166FA7" w:rsidRDefault="778A33E0" w14:paraId="3F957ED7" w14:textId="535461D8">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="4"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="4"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="33166FA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>If not L&amp;R, explain source of funding_____ Fees________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="350A5736" w14:textId="3A64EA13" w:rsidR="33166FA7" w:rsidRDefault="33166FA7" w:rsidP="33166FA7">
+    <w:p w:rsidR="33166FA7" w:rsidP="33166FA7" w:rsidRDefault="33166FA7" w14:paraId="350A5736" w14:textId="3A64EA13">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="406585F5" w14:textId="451D545A" w:rsidR="60A92AA5" w:rsidRDefault="60A92AA5" w:rsidP="33166FA7">
+    <w:p w:rsidR="60A92AA5" w:rsidP="33166FA7" w:rsidRDefault="60A92AA5" w14:paraId="406585F5" w14:textId="0FB1503E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="33166FA7">
+      <w:r w:rsidRPr="752B91BB" w:rsidR="60A92AA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Reviewd</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="33166FA7">
+        <w:t>Review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="752B91BB" w:rsidR="5CA94087">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 02/28/24</w:t>
+        <w:t>ed January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="60A92AA5" w:rsidSect="00CA3915">
-      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="504" w:right="1296" w:bottom="1296" w:left="1296" w:header="432" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg w:val="1"/>
+      <w:headerReference w:type="default" r:id="R727ebb8da1174224"/>
+      <w:headerReference w:type="first" r:id="Rcffd6308217441f1"/>
+      <w:footerReference w:type="default" r:id="R06ff42afba754238"/>
+      <w:footerReference w:type="first" r:id="R7f6700ddc65c4ca9"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1400,162 +1362,446 @@
   <w:font w:name="Helvetica 45 Light">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableNormal"/>
+      <w:bidiVisual w:val="0"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3215"/>
+      <w:gridCol w:w="3215"/>
+      <w:gridCol w:w="3215"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="752B91BB" w:rsidTr="752B91BB" w14:paraId="3473A22B">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3215" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="476C542F" w14:textId="23C1D7A2">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:ind w:left="-115"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3215" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="3CB97A4E" w14:textId="0D52A1E8">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3215" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="2D83ECEA" w14:textId="78285F00">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="3F5DEE3A" w14:textId="6F81B817">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:bidi w:val="0"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableNormal"/>
+      <w:bidiVisual w:val="0"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3215"/>
+      <w:gridCol w:w="3215"/>
+      <w:gridCol w:w="3215"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="752B91BB" w:rsidTr="752B91BB" w14:paraId="7ED412F4">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3215" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="0D59D9CC" w14:textId="1937E7D6">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:ind w:left="-115"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3215" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="05F338C4" w14:textId="0E201FEE">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3215" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="3BA31F0D" w14:textId="2944BD43">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="4BD46AC0" w14:textId="53D05135">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:bidi w:val="0"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableNormal"/>
+      <w:bidiVisual w:val="0"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3215"/>
+      <w:gridCol w:w="3215"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="752B91BB" w:rsidTr="752B91BB" w14:paraId="412AC0D6">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3215" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="0D2D9718" w14:textId="51354567">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3215" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="248E5BB9" w14:textId="62EC14DF">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="5F7A24CA" w14:textId="45B7B884">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:bidi w:val="0"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableNormal"/>
+      <w:bidiVisual w:val="0"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3215"/>
+      <w:gridCol w:w="3215"/>
+      <w:gridCol w:w="3215"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="752B91BB" w:rsidTr="752B91BB" w14:paraId="2A3F061F">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3215" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="69ABB996" w14:textId="727E3C7E">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:ind w:left="-115"/>
+            <w:jc w:val="left"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="FF0000"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="752B91BB" w:rsidR="752B91BB">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="FF0000"/>
+            </w:rPr>
+            <w:t>INSERT DEPARTMENT LETTERHEAD</w:t>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="1BE3DE07" w14:textId="3678A01C">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:ind w:left="-115"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3215" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="2FBAF3B6" w14:textId="7087A535">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3215" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="3C1C0498" w14:textId="1793245A">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="752B91BB" w:rsidP="752B91BB" w:rsidRDefault="752B91BB" w14:paraId="52F8BB61" w14:textId="12DA5F6B">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:bidi w:val="0"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="222B033F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AD02DC6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36AD4DFD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="51768F3C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1668,56 +1914,57 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1740206327">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B46C2"/>
     <w:rsid w:val="00086D9E"/>
     <w:rsid w:val="000F260E"/>
     <w:rsid w:val="0017440E"/>
     <w:rsid w:val="001B46C2"/>
     <w:rsid w:val="001E1D1B"/>
     <w:rsid w:val="002A173C"/>
     <w:rsid w:val="002C6981"/>
     <w:rsid w:val="0049163E"/>
     <w:rsid w:val="004C599A"/>
@@ -1725,96 +1972,110 @@
     <w:rsid w:val="00520E58"/>
     <w:rsid w:val="00637ED5"/>
     <w:rsid w:val="00682427"/>
     <w:rsid w:val="00687A2E"/>
     <w:rsid w:val="006F7BF3"/>
     <w:rsid w:val="0077203E"/>
     <w:rsid w:val="007B568D"/>
     <w:rsid w:val="00806E4B"/>
     <w:rsid w:val="00851F8C"/>
     <w:rsid w:val="00910608"/>
     <w:rsid w:val="00967E94"/>
     <w:rsid w:val="00AB579C"/>
     <w:rsid w:val="00AD6864"/>
     <w:rsid w:val="00B53BFD"/>
     <w:rsid w:val="00C32512"/>
     <w:rsid w:val="00C73018"/>
     <w:rsid w:val="00CA0056"/>
     <w:rsid w:val="00CA3915"/>
     <w:rsid w:val="00CC7538"/>
     <w:rsid w:val="00DA454E"/>
     <w:rsid w:val="00E12590"/>
     <w:rsid w:val="00E62906"/>
     <w:rsid w:val="00F00DBC"/>
     <w:rsid w:val="00FB7FF6"/>
     <w:rsid w:val="014F2440"/>
+    <w:rsid w:val="09A456D4"/>
+    <w:rsid w:val="1BAFF752"/>
     <w:rsid w:val="1C953341"/>
+    <w:rsid w:val="2A638B2F"/>
+    <w:rsid w:val="2F25EE75"/>
+    <w:rsid w:val="324247F7"/>
     <w:rsid w:val="33166FA7"/>
     <w:rsid w:val="348E23BF"/>
     <w:rsid w:val="386D3DA2"/>
     <w:rsid w:val="39195797"/>
+    <w:rsid w:val="43858CD7"/>
+    <w:rsid w:val="5605C1A1"/>
+    <w:rsid w:val="56CF27A8"/>
     <w:rsid w:val="5BD67484"/>
+    <w:rsid w:val="5CA94087"/>
     <w:rsid w:val="5EA31D5A"/>
     <w:rsid w:val="60A92AA5"/>
+    <w:rsid w:val="689625A5"/>
+    <w:rsid w:val="6E7F42D8"/>
+    <w:rsid w:val="735AC120"/>
+    <w:rsid w:val="752B91BB"/>
     <w:rsid w:val="761CC9CF"/>
     <w:rsid w:val="778A33E0"/>
+    <w:rsid w:val="7866D1A6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5626D85B"/>
   <w15:docId w15:val="{FF0721FC-7156-444C-8B0B-5CBB691647D1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1856,51 +2117,51 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1921,73 +2182,73 @@
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -2030,52 +2291,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -2127,398 +2388,397 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00682427"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00C73018"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00910608"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C73018"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:semiHidden/>
     <w:rsid w:val="008D04A1"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
     <w:name w:val="Default"/>
     <w:rsid w:val="008D04A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="Times New Roman" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeueLT Std"/>
+      <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:eastAsia="Times New Roman" w:cs="HelveticaNeueLT Std"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa0">
+  <w:style w:type="paragraph" w:styleId="Pa0" w:customStyle="1">
     <w:name w:val="Pa0"/>
     <w:basedOn w:val="Default"/>
     <w:next w:val="Default"/>
     <w:rsid w:val="008D04A1"/>
     <w:pPr>
       <w:spacing w:line="201" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa1">
+  <w:style w:type="paragraph" w:styleId="Pa1" w:customStyle="1">
     <w:name w:val="Pa1"/>
     <w:basedOn w:val="Default"/>
     <w:next w:val="Default"/>
     <w:rsid w:val="008D04A1"/>
     <w:pPr>
       <w:spacing w:line="201" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:rsid w:val="008D04A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
     <w:locked/>
     <w:rsid w:val="008D04A1"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:rsid w:val="008D04A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:locked/>
     <w:rsid w:val="008D04A1"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00CC38A3"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="004C599A"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="004C599A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Lucida Grande" w:eastAsia="Times New Roman" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
+      <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:eastAsia="Times New Roman" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BlockText">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00CA3915"/>
     <w:pPr>
       <w:ind w:left="288" w:right="576"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="00CA3915"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+  <w:style w:type="character" w:styleId="BodyTextChar" w:customStyle="1">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="00CA3915"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="PlainText">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PlainTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CA3915"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+  <w:style w:type="character" w:styleId="PlainTextChar" w:customStyle="1">
     <w:name w:val="Plain Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CA3915"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="00910608"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="00C73018"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:semiHidden/>
     <w:rsid w:val="00C73018"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00967E94"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header.xml" Id="R727ebb8da1174224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="Rcffd6308217441f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer.xml" Id="R06ff42afba754238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="R7f6700ddc65c4ca9" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\BRAP\AppData\Local\Temp\Temp1_letterhead.zip\letterhead\ucb_letterhead_A.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -2839,71 +3099,73 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_Flow_SignoffStatus xmlns="9658077a-f9eb-46a8-add4-3ca0320fa8d8" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BE0C9B6D5211CB4BB4FF0BDE8B40E050" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="272bd97f2ab53b218946281470f665f3">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9658077a-f9eb-46a8-add4-3ca0320fa8d8" xmlns:ns3="96eea759-55b1-4640-b385-ea6477220255" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7810292083d2f8af7c96b8eb22684eed" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BE0C9B6D5211CB4BB4FF0BDE8B40E050" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="491179d58f51219d5dcf714bd101467c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9658077a-f9eb-46a8-add4-3ca0320fa8d8" xmlns:ns3="96eea759-55b1-4640-b385-ea6477220255" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2d256d237d2f4ae321cca43e1ac61dd1" ns2:_="" ns3:_="">
     <xsd:import namespace="9658077a-f9eb-46a8-add4-3ca0320fa8d8"/>
     <xsd:import namespace="96eea759-55b1-4640-b385-ea6477220255"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9658077a-f9eb-46a8-add4-3ca0320fa8d8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -2915,50 +3177,60 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_Flow_SignoffStatus" ma:index="14" nillable="true" ma:displayName="Sign-off status" ma:internalName="Sign_x002d_off_x0020_status">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="17" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="18" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="96eea759-55b1-4640-b385-ea6477220255" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -3074,86 +3346,64 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F767CA2-5704-4C33-A52E-F386D486C702}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9658077a-f9eb-46a8-add4-3ca0320fa8d8"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84F8F01B-1046-49DF-9F27-6D570DDCCDC5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B97BB108-C6B2-4465-B7C6-BB62FD437AA8}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64EE2DEA-97D9-437A-AF4D-4349E4082CBA}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>ucb_letterhead_A.dotx</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>University of Colorado Denver</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BRAP</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...1 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <lastModifiedBy>Logan Ejupi</lastModifiedBy>
+  <revision>10</revision>
+  <lastPrinted>2015-03-31T14:59:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BE0C9B6D5211CB4BB4FF0BDE8B40E050</vt:lpwstr>
   </property>
 </Properties>
 </file>