--- v0 (2025-10-15)
+++ v1 (2026-02-20)
@@ -7,1045 +7,1373 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="39C32358" w14:textId="32AEB848" w:rsidR="00F860D8" w:rsidRDefault="00DA1633" w:rsidP="00B17466">
+    <w:p w14:paraId="39C32358" w14:textId="32AEB848" w:rsidR="00F860D8" w:rsidRPr="004E4696" w:rsidRDefault="00DA1633" w:rsidP="00B17466">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C13B0">
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Provost’s Office Signature Routing Coversheet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="390A4FFA" w14:textId="5CF52B87" w:rsidR="00A00E21" w:rsidRPr="001107F7" w:rsidRDefault="001107F7" w:rsidP="001107F7">
+    <w:p w14:paraId="390A4FFA" w14:textId="5CF52B87" w:rsidR="00A00E21" w:rsidRPr="004E4696" w:rsidRDefault="001107F7" w:rsidP="001107F7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001107F7">
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Information </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F0A56BA" w14:textId="49E2288A" w:rsidR="00DA1633" w:rsidRPr="004C13B0" w:rsidRDefault="00DA1633" w:rsidP="00025088">
+    <w:p w14:paraId="3F0A56BA" w14:textId="49E2288A" w:rsidR="00DA1633" w:rsidRPr="004E4696" w:rsidRDefault="00DA1633" w:rsidP="00025088">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C13B0">
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Title: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730230C5" w14:textId="043A0064" w:rsidR="00C50CA7" w:rsidRPr="004C13B0" w:rsidRDefault="00FD1C28" w:rsidP="00025088">
+    <w:p w14:paraId="730230C5" w14:textId="043A0064" w:rsidR="00C50CA7" w:rsidRPr="004E4696" w:rsidRDefault="00FD1C28" w:rsidP="00025088">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Context for Document</w:t>
       </w:r>
-      <w:r w:rsidR="00C50CA7" w:rsidRPr="004C13B0">
+      <w:r w:rsidR="00C50CA7" w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40E0BFF9" w14:textId="18195F99" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="00DA1633" w:rsidP="00025088">
+    <w:p w14:paraId="40E0BFF9" w14:textId="18195F99" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="00DA1633" w:rsidP="00025088">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C13B0">
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Type of Document:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F0D957" w14:textId="7DC0CB6B" w:rsidR="00025088" w:rsidRPr="004C13B0" w:rsidRDefault="00DA1633" w:rsidP="00025088">
+    <w:p w14:paraId="08F0D957" w14:textId="7DC0CB6B" w:rsidR="00025088" w:rsidRPr="004E4696" w:rsidRDefault="00DA1633" w:rsidP="00025088">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C13B0">
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="004C13B0">
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000F5C4B" w:rsidRPr="004C13B0">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000F5C4B" w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Non Revenue Business Agreement</w:t>
+        <w:t>Non Revenue</w:t>
       </w:r>
-      <w:r w:rsidRPr="004C13B0">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000F5C4B" w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Business Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E4696">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="004C13B0">
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="004C13B0">
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000F5C4B" w:rsidRPr="004C13B0">
+      <w:r w:rsidR="000F5C4B" w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Revenue Business Agreement </w:t>
       </w:r>
-      <w:r w:rsidRPr="004C13B0">
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk205374788"/>
-      <w:r w:rsidRPr="004C13B0">
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="004C13B0">
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="005D4981" w:rsidRPr="004C13B0">
+      <w:r w:rsidR="005D4981" w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">CU System Partner and CU Boulder Revenue Agreements </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="093195D7" w14:textId="70B725BD" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="00025088" w:rsidP="00025088">
+    <w:p w14:paraId="093195D7" w14:textId="70B725BD" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="00025088" w:rsidP="00025088">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C13B0">
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="004C13B0">
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Recommendation</w:t>
       </w:r>
-      <w:r w:rsidR="00DA1633" w:rsidRPr="004C13B0">
+      <w:r w:rsidR="00DA1633" w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00DA1633" w:rsidRPr="004C13B0">
+      <w:r w:rsidR="00DA1633" w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidR="00DA1633" w:rsidRPr="004C13B0">
+      <w:r w:rsidR="00DA1633" w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Other: ___________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4E1F8A" w14:textId="402DB007" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="00DA1633" w:rsidP="00025088">
+    <w:p w14:paraId="4E4E1F8A" w14:textId="402DB007" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="00DA1633" w:rsidP="00025088">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C13B0">
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Originating Department/Unit:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="261CC115" w14:textId="33C6E31F" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="00DA1633" w:rsidP="00025088">
+    <w:p w14:paraId="261CC115" w14:textId="33C6E31F" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="00DA1633" w:rsidP="00025088">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C13B0">
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact Person: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="786F59EB" w14:textId="7BB4BE69" w:rsidR="00B17466" w:rsidRDefault="00DA1633" w:rsidP="00A00E21">
+    <w:p w14:paraId="786F59EB" w14:textId="7BB4BE69" w:rsidR="00B17466" w:rsidRPr="004E4696" w:rsidRDefault="00DA1633" w:rsidP="00A00E21">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C13B0">
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07AC1F5D" w14:textId="03F30A5D" w:rsidR="001107F7" w:rsidRPr="001107F7" w:rsidRDefault="00AE44A8" w:rsidP="001107F7">
+    <w:p w14:paraId="24CD1786" w14:textId="77777777" w:rsidR="006C3A87" w:rsidRPr="004E4696" w:rsidRDefault="00AE44A8" w:rsidP="001107F7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Initial </w:t>
       </w:r>
-      <w:r w:rsidR="001107F7" w:rsidRPr="001107F7">
+      <w:r w:rsidR="001107F7" w:rsidRPr="004E4696">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Flow </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07AC1F5D" w14:textId="0CDD6735" w:rsidR="001107F7" w:rsidRPr="004E4696" w:rsidRDefault="006C3A87" w:rsidP="004E4696">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E4696">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Note: Units may add additional internal steps for review and signature to the table by adding additional rows prior to step 5.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10553" w:type="dxa"/>
         <w:tblInd w:w="-720" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4500"/>
-        <w:gridCol w:w="3077"/>
+        <w:gridCol w:w="5035"/>
+        <w:gridCol w:w="2542"/>
         <w:gridCol w:w="1351"/>
         <w:gridCol w:w="1625"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004C40EB" w:rsidRPr="004C13B0" w14:paraId="065A80FC" w14:textId="77777777" w:rsidTr="004C40EB">
+      <w:tr w:rsidR="004C40EB" w:rsidRPr="004E4696" w14:paraId="065A80FC" w14:textId="77777777" w:rsidTr="00363CB8">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57315FB2" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="00A00E21" w:rsidRDefault="00DA1633">
+          <w:p w14:paraId="57315FB2" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="00DA1633">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A00E21">
+            <w:r w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Step</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2542" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C312647" w14:textId="44EE5636" w:rsidR="008A3910" w:rsidRPr="00A00E21" w:rsidRDefault="00DA1633">
+          <w:p w14:paraId="1C312647" w14:textId="44EE5636" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="00DA1633">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A00E21">
+            <w:r w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="249639E0" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="00A00E21" w:rsidRDefault="00DA1633">
+          <w:p w14:paraId="249639E0" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="00DA1633">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A00E21">
+            <w:r w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Initials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3237162D" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="00A00E21" w:rsidRDefault="00DA1633">
+          <w:p w14:paraId="3237162D" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="00DA1633">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A00E21">
+            <w:r w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C40EB" w:rsidRPr="004C13B0" w14:paraId="011848EC" w14:textId="77777777" w:rsidTr="004C40EB">
+      <w:tr w:rsidR="004C40EB" w:rsidRPr="004E4696" w14:paraId="011848EC" w14:textId="77777777" w:rsidTr="00363CB8">
         <w:trPr>
           <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="591305B5" w14:textId="3AD7F6DE" w:rsidR="008A3910" w:rsidRPr="00A00E21" w:rsidRDefault="00DA1633">
+          <w:p w14:paraId="591305B5" w14:textId="3AD7F6DE" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="00DA1633">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A00E21">
+            <w:r w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidR="00A00E21">
+            <w:r w:rsidR="00A00E21" w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Envelope p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A00E21">
+            <w:r w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>repared by</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2542" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49CED981" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="49CED981" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F7B0128" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="1F7B0128" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CE82676" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="4CE82676" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C40EB" w:rsidRPr="004C13B0" w14:paraId="3A4F8E1E" w14:textId="77777777" w:rsidTr="004C40EB">
+      <w:tr w:rsidR="004C40EB" w:rsidRPr="004E4696" w14:paraId="3A4F8E1E" w14:textId="77777777" w:rsidTr="00363CB8">
         <w:trPr>
           <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB24739" w14:textId="17B80544" w:rsidR="008A3910" w:rsidRPr="00A00E21" w:rsidRDefault="00DA1633">
+          <w:p w14:paraId="1BB24739" w14:textId="17B80544" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="00DA1633">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A00E21">
+            <w:r w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidR="00046179">
+            <w:r w:rsidR="00046179" w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Originating Unit </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A00E21">
+            <w:r w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Department Head/Chair</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2542" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2163261C" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="2163261C" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73B9BB53" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="73B9BB53" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37545BB9" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="37545BB9" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C40EB" w:rsidRPr="004C13B0" w14:paraId="4A0204BE" w14:textId="77777777" w:rsidTr="004C40EB">
+      <w:tr w:rsidR="004C40EB" w:rsidRPr="004E4696" w14:paraId="4A0204BE" w14:textId="77777777" w:rsidTr="00363CB8">
         <w:trPr>
           <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="190BDA6F" w14:textId="2AE56C4D" w:rsidR="008A3910" w:rsidRPr="00A00E21" w:rsidRDefault="00DA1633">
+          <w:p w14:paraId="190BDA6F" w14:textId="62F90437" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="00DA1633">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A00E21">
+            <w:r w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
-            <w:r w:rsidR="00E12024">
+            <w:r w:rsidR="00E12024" w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Originating Unit </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A00E21">
+            <w:r w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dean/Director</w:t>
             </w:r>
-            <w:r w:rsidR="004C661B">
+            <w:r w:rsidR="004C661B" w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/VC</w:t>
+            </w:r>
+            <w:r w:rsidR="00A74DB1" w:rsidRPr="004E4696">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2542" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76C79D60" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="76C79D60" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62ED6FE6" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="62ED6FE6" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49EAA67E" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="49EAA67E" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C40EB" w:rsidRPr="004C13B0" w14:paraId="640D2A6F" w14:textId="77777777" w:rsidTr="004C40EB">
+      <w:tr w:rsidR="001C6227" w:rsidRPr="004E4696" w14:paraId="06CC2F1A" w14:textId="77777777" w:rsidTr="00363CB8">
         <w:trPr>
           <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3664DD70" w14:textId="77777777" w:rsidR="004C40EB" w:rsidRDefault="00DA1633">
+          <w:p w14:paraId="354CE1D4" w14:textId="6B1E45BF" w:rsidR="001C6227" w:rsidRPr="004E4696" w:rsidRDefault="001C6227">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A00E21">
+            <w:r w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
-            <w:r w:rsidR="00DA6BCE" w:rsidRPr="00A00E21">
+            <w:r w:rsidR="00D74174" w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">CU Boulder </w:t>
+              <w:t xml:space="preserve">Appropriate </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A00E21">
+            <w:r w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Legal Review </w:t>
+              <w:t xml:space="preserve">Officer </w:t>
             </w:r>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidR="00D74174" w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00A00E21">
+              <w:t>(for</w:t>
+            </w:r>
+            <w:r w:rsidR="004E32E9" w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="005D4981" w:rsidRPr="00A00E21">
+            <w:r w:rsidR="00EB67E8" w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">required for all </w:t>
+              <w:t xml:space="preserve">example for </w:t>
             </w:r>
-            <w:r w:rsidR="008E4D50">
+            <w:r w:rsidR="004E32E9" w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>third-party operational agreements</w:t>
+              <w:t xml:space="preserve">institutes </w:t>
             </w:r>
-            <w:r w:rsidR="00AC05CC">
+            <w:r w:rsidR="00A74DB1" w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
+              <w:t>Senior Vice Chancellor for Research and Innovation and Dean of the Institutes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...8 lines deleted...]
-            <w:r w:rsidR="00AC05CC">
+            <w:r w:rsidR="003E75A0" w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for schools/colleges</w:t>
+            </w:r>
+            <w:r w:rsidR="0064692E" w:rsidRPr="004E4696">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dean</w:t>
+            </w:r>
+            <w:r w:rsidR="009D0A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, this may be the same person as box 3 in some cases</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB67E8" w:rsidRPr="004E4696">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2542" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FC91F40" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="618061D9" w14:textId="77777777" w:rsidR="001C6227" w:rsidRPr="004E4696" w:rsidRDefault="001C6227">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51C0B67C" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="1536A7E3" w14:textId="77777777" w:rsidR="001C6227" w:rsidRPr="004E4696" w:rsidRDefault="001C6227">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6925A3E3" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="6CD37213" w14:textId="77777777" w:rsidR="001C6227" w:rsidRPr="004E4696" w:rsidRDefault="001C6227">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C40EB" w:rsidRPr="004C13B0" w14:paraId="22CD6993" w14:textId="77777777" w:rsidTr="004C40EB">
+      <w:tr w:rsidR="004C40EB" w:rsidRPr="004E4696" w14:paraId="640D2A6F" w14:textId="77777777" w:rsidTr="00363CB8">
         <w:trPr>
           <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E629A12" w14:textId="77777777" w:rsidR="004C40EB" w:rsidRDefault="00DA1633">
+          <w:p w14:paraId="3664DD70" w14:textId="70AC371C" w:rsidR="004C40EB" w:rsidRPr="004E4696" w:rsidRDefault="003E75A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A00E21">
+            <w:r w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Budget/Finance Approval </w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA1633" w:rsidRPr="004E4696">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6BCE" w:rsidRPr="004E4696">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CU Boulder </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA1633" w:rsidRPr="004E4696">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Legal Review </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6821BE89" w14:textId="2D0E0856" w:rsidR="008A3910" w:rsidRPr="00A00E21" w:rsidRDefault="00DA1633">
+          <w:p w14:paraId="4A7CC61D" w14:textId="70AD8794" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="00DA1633">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A00E21">
+            <w:r w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00F860D8" w:rsidRPr="00A00E21">
+            <w:r w:rsidR="005D4981" w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>required for all revenue-based documents</w:t>
+              <w:t xml:space="preserve">required for all </w:t>
             </w:r>
-            <w:r w:rsidR="00CE2068">
+            <w:r w:rsidR="008E4D50" w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>,</w:t>
+              <w:t>third-party operational agreements</w:t>
             </w:r>
-            <w:r w:rsidR="004C40EB">
+            <w:r w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-              </w:rPr>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2542" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71978248" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="2FC91F40" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C6DEF4D" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="51C0B67C" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00825397" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="6925A3E3" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C40EB" w:rsidRPr="004C13B0" w14:paraId="61683FCA" w14:textId="77777777" w:rsidTr="004C40EB">
+      <w:tr w:rsidR="004C40EB" w:rsidRPr="004E4696" w14:paraId="22CD6993" w14:textId="77777777" w:rsidTr="00363CB8">
         <w:trPr>
           <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D57FC34" w14:textId="25EB1024" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="00DA1633">
+          <w:p w14:paraId="0E629A12" w14:textId="2090451B" w:rsidR="004C40EB" w:rsidRPr="004E4696" w:rsidRDefault="003E75A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A00E21">
+            <w:r w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>6. Office of the Provost Review</w:t>
+              <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00E12024">
+            <w:r w:rsidR="00DA1633" w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
+              <w:t xml:space="preserve">. Budget/Finance Approval </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidR="00E12024" w:rsidRPr="002A1966">
+          </w:p>
+          <w:p w14:paraId="6821BE89" w14:textId="2D0E0856" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="00DA1633">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4696">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00F860D8" w:rsidRPr="004E4696">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>required for all revenue-based documents</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE2068" w:rsidRPr="004E4696">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="004C40EB" w:rsidRPr="004E4696">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidR="004C40EB" w:rsidRPr="004E4696">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>vcaa@colorado.edu</w:t>
+                <w:t>danielle.brunner@colorado.edu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00E12024">
+            <w:r w:rsidR="004C40EB" w:rsidRPr="004E4696">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2542" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73732706" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="71978248" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23AD0851" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="5C6DEF4D" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4024DE12" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004C13B0" w:rsidRDefault="008A3910">
+          <w:p w14:paraId="00825397" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C40EB" w:rsidRPr="004E4696" w14:paraId="61683FCA" w14:textId="77777777" w:rsidTr="00363CB8">
+        <w:trPr>
+          <w:trHeight w:val="818"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D57FC34" w14:textId="00503D8F" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="003E75A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4696">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA1633" w:rsidRPr="004E4696">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Office of the Provost Review</w:t>
+            </w:r>
+            <w:r w:rsidR="00E12024" w:rsidRPr="004E4696">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00E12024" w:rsidRPr="004E4696">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>vcaa@colorado.edu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00E12024" w:rsidRPr="004E4696">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2542" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73732706" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23AD0851" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4024DE12" w14:textId="77777777" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="66C1F93D" w14:textId="2EACE0B2" w:rsidR="008A3910" w:rsidRDefault="008A3910">
+    <w:p w14:paraId="66C1F93D" w14:textId="2EACE0B2" w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidRDefault="008A3910">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F4C645C" w14:textId="749F2300" w:rsidR="00A00E21" w:rsidRPr="005B6856" w:rsidRDefault="00A00E21">
-[...26 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+    <w:sectPr w:rsidR="008A3910" w:rsidRPr="004E4696" w:rsidSect="006C3A87">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1260" w:right="1800" w:bottom="540" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72A04A25" w14:textId="77777777" w:rsidR="00BF022B" w:rsidRDefault="00BF022B" w:rsidP="00DA6BCE">
+    <w:p w14:paraId="716B68AB" w14:textId="77777777" w:rsidR="00D97AAF" w:rsidRDefault="00D97AAF" w:rsidP="00DA6BCE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39711932" w14:textId="77777777" w:rsidR="00BF022B" w:rsidRDefault="00BF022B" w:rsidP="00DA6BCE">
+    <w:p w14:paraId="22494925" w14:textId="77777777" w:rsidR="00D97AAF" w:rsidRDefault="00D97AAF" w:rsidP="00DA6BCE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1088,257 +1416,263 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="540BCB9D" w14:textId="4E9A9DAE" w:rsidR="00157DCA" w:rsidRPr="00157DCA" w:rsidRDefault="00157DCA" w:rsidP="00157DCA">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="baseline"/>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Segoe UI"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00157DCA">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Segoe UI"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Office of the Provost and Executive Vice Chancellor for Academic Affairs</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="638F2438" w14:textId="1CA000FE" w:rsidR="00157DCA" w:rsidRPr="00157DCA" w:rsidRDefault="00157DCA" w:rsidP="00157DCA">
+  <w:p w14:paraId="638F2438" w14:textId="60B04242" w:rsidR="00157DCA" w:rsidRPr="00157DCA" w:rsidRDefault="0064692E" w:rsidP="00157DCA">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="baseline"/>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Segoe UI"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00157DCA">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Segoe UI"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Regent Administrative Center </w:t>
+      <w:t>914 Broadway</w:t>
     </w:r>
-    <w:r w:rsidRPr="00157DCA">
-[...8 lines deleted...]
-    <w:r w:rsidRPr="00157DCA">
+    <w:r w:rsidR="00157DCA" w:rsidRPr="00157DCA">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Segoe UI"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00157DCA" w:rsidRPr="00865603">
+      <w:rPr>
+        <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Segoe UI"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>•</w:t>
+    </w:r>
+    <w:r w:rsidR="00157DCA" w:rsidRPr="00157DCA">
+      <w:rPr>
+        <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Segoe UI"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
       <w:t xml:space="preserve"> 40 UCB </w:t>
     </w:r>
-    <w:r w:rsidRPr="00157DCA">
+    <w:r w:rsidR="00157DCA" w:rsidRPr="00865603">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Segoe UI"/>
-        <w:color w:val="CFB87C"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>•</w:t>
     </w:r>
-    <w:r w:rsidRPr="00157DCA">
+    <w:r w:rsidR="00157DCA" w:rsidRPr="00157DCA">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Segoe UI"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Boulder, Colorado 80309-0040</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="056D5E8D" w14:textId="4152CF83" w:rsidR="00157DCA" w:rsidRPr="00157DCA" w:rsidRDefault="00157DCA" w:rsidP="00157DCA">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="baseline"/>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Segoe UI"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00157DCA">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Segoe UI"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">t 303 492 5537 </w:t>
     </w:r>
-    <w:r w:rsidRPr="00157DCA">
+    <w:r w:rsidRPr="00865603">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Segoe UI"/>
-        <w:color w:val="CFB87C"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>• </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:tgtFrame="_blank" w:history="1">
       <w:r w:rsidRPr="00157DCA">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Segoe UI"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>vcaa@colorado.edu</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
   <w:p w14:paraId="7A104388" w14:textId="4FFE8453" w:rsidR="00DA6BCE" w:rsidRPr="00DA6BCE" w:rsidRDefault="00DA6BCE" w:rsidP="00157DCA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="1545"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A37A6E0" w14:textId="77777777" w:rsidR="00BF022B" w:rsidRDefault="00BF022B" w:rsidP="00DA6BCE">
+    <w:p w14:paraId="5AE0F546" w14:textId="77777777" w:rsidR="00D97AAF" w:rsidRDefault="00D97AAF" w:rsidP="00DA6BCE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28494B29" w14:textId="77777777" w:rsidR="00BF022B" w:rsidRDefault="00BF022B" w:rsidP="00DA6BCE">
+    <w:p w14:paraId="26E87F1E" w14:textId="77777777" w:rsidR="00D97AAF" w:rsidRDefault="00D97AAF" w:rsidP="00DA6BCE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4234DF80" w14:textId="17235F96" w:rsidR="00D46D7A" w:rsidRDefault="001F1441">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="001F1441">
       <w:rPr>
         <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4316B803" wp14:editId="7E09744F">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4316B803" wp14:editId="544A47D7">
           <wp:extent cx="2286000" cy="466344"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="276142194" name="Picture 1" descr="A black background with a black square&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:docPr id="508789295" name="Picture 1" descr="Office of the Provost logo with the CU Boulder lockup"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1136196243" name="Picture 1" descr="A black background with a black square&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPr id="508789295" name="Picture 1" descr="Office of the Provost logo with the CU Boulder lockup"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2286000" cy="466344"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
@@ -1540,177 +1874,197 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1851137283">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1163741711">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="528102144">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1296063114">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="690423837">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="384531219">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B47730"/>
     <w:rsid w:val="00006CC4"/>
     <w:rsid w:val="00025088"/>
     <w:rsid w:val="00034616"/>
     <w:rsid w:val="00044EF4"/>
     <w:rsid w:val="00045DF9"/>
     <w:rsid w:val="00046179"/>
     <w:rsid w:val="000558A6"/>
     <w:rsid w:val="0006063C"/>
     <w:rsid w:val="000A042A"/>
     <w:rsid w:val="000F5C4B"/>
     <w:rsid w:val="001107F7"/>
     <w:rsid w:val="001151B2"/>
     <w:rsid w:val="0015074B"/>
     <w:rsid w:val="00157DCA"/>
     <w:rsid w:val="001A7A46"/>
     <w:rsid w:val="001B5629"/>
+    <w:rsid w:val="001C6227"/>
     <w:rsid w:val="001F1441"/>
+    <w:rsid w:val="001F1672"/>
     <w:rsid w:val="00220E60"/>
     <w:rsid w:val="0022686D"/>
     <w:rsid w:val="00250E85"/>
     <w:rsid w:val="00270A6A"/>
     <w:rsid w:val="00277119"/>
+    <w:rsid w:val="00292DCA"/>
     <w:rsid w:val="0029639D"/>
-    <w:rsid w:val="002B6290"/>
     <w:rsid w:val="00302257"/>
     <w:rsid w:val="00326F90"/>
+    <w:rsid w:val="00363CB8"/>
     <w:rsid w:val="00380EB4"/>
     <w:rsid w:val="00387720"/>
+    <w:rsid w:val="003E75A0"/>
     <w:rsid w:val="004C13B0"/>
     <w:rsid w:val="004C40EB"/>
     <w:rsid w:val="004C661B"/>
+    <w:rsid w:val="004E32E9"/>
+    <w:rsid w:val="004E4696"/>
     <w:rsid w:val="00503718"/>
     <w:rsid w:val="00504F9D"/>
     <w:rsid w:val="00515002"/>
     <w:rsid w:val="00535D0C"/>
     <w:rsid w:val="00595DAF"/>
     <w:rsid w:val="005B6856"/>
     <w:rsid w:val="005D4981"/>
     <w:rsid w:val="00607BB0"/>
     <w:rsid w:val="006173FF"/>
+    <w:rsid w:val="00644045"/>
+    <w:rsid w:val="0064692E"/>
     <w:rsid w:val="006B2920"/>
     <w:rsid w:val="006C295F"/>
     <w:rsid w:val="006C3146"/>
+    <w:rsid w:val="006C3A87"/>
     <w:rsid w:val="007F1E0B"/>
+    <w:rsid w:val="00865603"/>
     <w:rsid w:val="008A3910"/>
     <w:rsid w:val="008D0C75"/>
     <w:rsid w:val="008E4D50"/>
     <w:rsid w:val="009167D7"/>
     <w:rsid w:val="0095493C"/>
+    <w:rsid w:val="00970A51"/>
+    <w:rsid w:val="009D0A74"/>
     <w:rsid w:val="009E5FAA"/>
     <w:rsid w:val="00A00E21"/>
+    <w:rsid w:val="00A74DB1"/>
     <w:rsid w:val="00A84848"/>
     <w:rsid w:val="00AA1D8D"/>
-    <w:rsid w:val="00AC05CC"/>
     <w:rsid w:val="00AE44A8"/>
     <w:rsid w:val="00B13508"/>
     <w:rsid w:val="00B17466"/>
     <w:rsid w:val="00B47730"/>
+    <w:rsid w:val="00B80787"/>
     <w:rsid w:val="00BC438E"/>
-    <w:rsid w:val="00BF022B"/>
     <w:rsid w:val="00C50CA7"/>
     <w:rsid w:val="00CB0664"/>
+    <w:rsid w:val="00CD2DA8"/>
     <w:rsid w:val="00CE2068"/>
+    <w:rsid w:val="00D15970"/>
     <w:rsid w:val="00D46D7A"/>
+    <w:rsid w:val="00D74174"/>
+    <w:rsid w:val="00D97AAF"/>
     <w:rsid w:val="00DA1633"/>
     <w:rsid w:val="00DA6BCE"/>
     <w:rsid w:val="00DB5712"/>
     <w:rsid w:val="00E12024"/>
     <w:rsid w:val="00E66FB8"/>
     <w:rsid w:val="00E72410"/>
+    <w:rsid w:val="00EB67E8"/>
     <w:rsid w:val="00EC0074"/>
-    <w:rsid w:val="00EC30EA"/>
     <w:rsid w:val="00ED24C8"/>
     <w:rsid w:val="00F357BE"/>
     <w:rsid w:val="00F860D8"/>
     <w:rsid w:val="00FB2B3A"/>
     <w:rsid w:val="00FC693F"/>
     <w:rsid w:val="00FD1C28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0BE13B74"/>
-  <w14:defaultImageDpi w14:val="300"/>
+  <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{8A3E8E4F-3C09-4806-AF80-A17B4B6C7E82}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13150,51 +13504,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E66FB8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ucblegaladmin@cu.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vcaa@colorado.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielle.brunner@colorado.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielle.brunner@colorado.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vcaa@colorado.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vcaa@colorado.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -13508,72 +13862,72 @@
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>155</Words>
-  <Characters>884</Characters>
+  <Words>177</Words>
+  <Characters>1010</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1037</CharactersWithSpaces>
+  <CharactersWithSpaces>1185</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
   <dc:description>generated by python-docx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>